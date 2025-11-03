--- v0 (2025-10-09)
+++ v1 (2025-11-03)
@@ -12,99 +12,690 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Set Number</t>
   </si>
   <si>
     <t>Rarity</t>
   </si>
   <si>
     <t>Character Name</t>
   </si>
   <si>
     <t>Serie Name</t>
+  </si>
+  <si>
+    <t>001</t>
+  </si>
+  <si>
+    <t>NS-16</t>
+  </si>
+  <si>
+    <t>GR</t>
+  </si>
+  <si>
+    <t>Varesa</t>
+  </si>
+  <si>
+    <t>Genshin Impact</t>
+  </si>
+  <si>
+    <t>002</t>
+  </si>
+  <si>
+    <t>Castorice</t>
+  </si>
+  <si>
+    <t>Honkai: Star Rail</t>
+  </si>
+  <si>
+    <t>003</t>
+  </si>
+  <si>
+    <t>Escoffier</t>
+  </si>
+  <si>
+    <t>004</t>
+  </si>
+  <si>
+    <t>Skirk</t>
+  </si>
+  <si>
+    <t>005</t>
+  </si>
+  <si>
+    <t>Cipher</t>
+  </si>
+  <si>
+    <t>006</t>
+  </si>
+  <si>
+    <t>Mavuika</t>
+  </si>
+  <si>
+    <t>SER</t>
+  </si>
+  <si>
+    <t>Tachibana Hinano</t>
+  </si>
+  <si>
+    <t>VTuber</t>
+  </si>
+  <si>
+    <t>Higan</t>
+  </si>
+  <si>
+    <t>Eris Boreas Greyrat</t>
+  </si>
+  <si>
+    <t>Mushoku Tensei: Jobless Reincarnation</t>
+  </si>
+  <si>
+    <t>SSR</t>
+  </si>
+  <si>
+    <t>Tomoe Gozen</t>
+  </si>
+  <si>
+    <t>Fate Series</t>
+  </si>
+  <si>
+    <t>Anastasia Nikolaevna Romanova</t>
+  </si>
+  <si>
+    <t>Amor (Caren)</t>
+  </si>
+  <si>
+    <t>Nero Claudius</t>
+  </si>
+  <si>
+    <t>Merlin</t>
+  </si>
+  <si>
+    <t>Ouro Kronii</t>
+  </si>
+  <si>
+    <t>Hololive</t>
+  </si>
+  <si>
+    <t>007</t>
+  </si>
+  <si>
+    <t>Yukihana Lamy</t>
+  </si>
+  <si>
+    <t>008</t>
+  </si>
+  <si>
+    <t>Tsukumo Benben</t>
+  </si>
+  <si>
+    <t>Touhou Project</t>
+  </si>
+  <si>
+    <t>009</t>
+  </si>
+  <si>
+    <t>Yukari Yakumo</t>
+  </si>
+  <si>
+    <t>010</t>
+  </si>
+  <si>
+    <t>Uta</t>
+  </si>
+  <si>
+    <t>One Piece</t>
+  </si>
+  <si>
+    <t>011</t>
+  </si>
+  <si>
+    <t>Miko Iino</t>
+  </si>
+  <si>
+    <t>Kaguya-sama: Love is War</t>
+  </si>
+  <si>
+    <t>012</t>
+  </si>
+  <si>
+    <t>Surtr</t>
+  </si>
+  <si>
+    <t>Arknights</t>
+  </si>
+  <si>
+    <t>013</t>
+  </si>
+  <si>
+    <t>Takane Shijou</t>
+  </si>
+  <si>
+    <t>The Idolm@ster</t>
+  </si>
+  <si>
+    <t>014</t>
+  </si>
+  <si>
+    <t>Rice Shower</t>
+  </si>
+  <si>
+    <t>Uma Musume Pretty Derby</t>
+  </si>
+  <si>
+    <t>015</t>
+  </si>
+  <si>
+    <t>Meisho Doto</t>
+  </si>
+  <si>
+    <t>016</t>
+  </si>
+  <si>
+    <t>Manhattan Cafe</t>
+  </si>
+  <si>
+    <t>017</t>
+  </si>
+  <si>
+    <t>Winning Ticket</t>
+  </si>
+  <si>
+    <t>018</t>
+  </si>
+  <si>
+    <t>Mayano Top Gun</t>
+  </si>
+  <si>
+    <t>SCR</t>
+  </si>
+  <si>
+    <t>Kutaka Niwatari</t>
+  </si>
+  <si>
+    <t>Yume Minami</t>
+  </si>
+  <si>
+    <t>SSSS.DYNAZENON</t>
+  </si>
+  <si>
+    <t>Kiruya Momochi (Karyl)</t>
+  </si>
+  <si>
+    <t>Princess Connect Re:Dive</t>
+  </si>
+  <si>
+    <t>Serizawa Asahi</t>
+  </si>
+  <si>
+    <t>Hanamaru Kunikida</t>
+  </si>
+  <si>
+    <t>Love Live!</t>
+  </si>
+  <si>
+    <t>Suzuhara Lulu</t>
+  </si>
+  <si>
+    <t>Remi Ayasaki</t>
+  </si>
+  <si>
+    <t>Horimiya</t>
+  </si>
+  <si>
+    <t>Haruhi Suzumiya</t>
+  </si>
+  <si>
+    <t>The Melancholy of Haruhi Suzumiya</t>
+  </si>
+  <si>
+    <t>Tendou Alice</t>
+  </si>
+  <si>
+    <t>Blue Archive</t>
+  </si>
+  <si>
+    <t>Mika Misono</t>
+  </si>
+  <si>
+    <t>Reed</t>
+  </si>
+  <si>
+    <t>Momoko Suou</t>
+  </si>
+  <si>
+    <t>Kyouko Sakura</t>
+  </si>
+  <si>
+    <t>Puella Magi Madoka Magica</t>
+  </si>
+  <si>
+    <t>Kotone Fujita</t>
+  </si>
+  <si>
+    <t>Toru Asakura</t>
+  </si>
+  <si>
+    <t>Luca Ikaruga</t>
+  </si>
+  <si>
+    <t>Madoka Higuchi</t>
+  </si>
+  <si>
+    <t>Eunie</t>
+  </si>
+  <si>
+    <t>Xenoblade</t>
+  </si>
+  <si>
+    <t>SR</t>
+  </si>
+  <si>
+    <t>Ran Mitake</t>
+  </si>
+  <si>
+    <t>BanG Dream!</t>
+  </si>
+  <si>
+    <t>Tenochtitlan</t>
+  </si>
+  <si>
+    <t>Marie Antoinette</t>
+  </si>
+  <si>
+    <t>Rinne Ohara</t>
+  </si>
+  <si>
+    <t>Island</t>
+  </si>
+  <si>
+    <t>Honoka Kousaka</t>
+  </si>
+  <si>
+    <t>Rikka Takarada</t>
+  </si>
+  <si>
+    <t>SSSS.GRIDMAN</t>
+  </si>
+  <si>
+    <t>Hatsune Miku</t>
+  </si>
+  <si>
+    <t>Vocaloid</t>
+  </si>
+  <si>
+    <t>Sakuya Izayoi</t>
+  </si>
+  <si>
+    <t>Yui Kusano</t>
+  </si>
+  <si>
+    <t>Lachesis</t>
+  </si>
+  <si>
+    <t>Fire Emblem</t>
+  </si>
+  <si>
+    <t>Vignette April Tsukinose</t>
+  </si>
+  <si>
+    <t>Gabriel DropOut</t>
+  </si>
+  <si>
+    <t>Mirai Kuriyama</t>
+  </si>
+  <si>
+    <t>Beyond the Boundary</t>
+  </si>
+  <si>
+    <t>Megumi Kato</t>
+  </si>
+  <si>
+    <t>Saekano: How to Raise a Boring Girlfriend</t>
+  </si>
+  <si>
+    <t>Texas</t>
+  </si>
+  <si>
+    <t>Ann Takamaki</t>
+  </si>
+  <si>
+    <t>Persona</t>
+  </si>
+  <si>
+    <t>Kotoha Tanaka</t>
+  </si>
+  <si>
+    <t>Chiyo Shirayuki</t>
+  </si>
+  <si>
+    <t>019</t>
+  </si>
+  <si>
+    <t>Manticore</t>
+  </si>
+  <si>
+    <t>020</t>
+  </si>
+  <si>
+    <t>Tomimi</t>
+  </si>
+  <si>
+    <t>021</t>
+  </si>
+  <si>
+    <t>Frostleaf</t>
+  </si>
+  <si>
+    <t>022</t>
+  </si>
+  <si>
+    <t>Anastasia</t>
+  </si>
+  <si>
+    <t>023</t>
+  </si>
+  <si>
+    <t>Riamu Yumemi</t>
+  </si>
+  <si>
+    <t>024</t>
+  </si>
+  <si>
+    <t>Rin Shibuya</t>
+  </si>
+  <si>
+    <t>025</t>
+  </si>
+  <si>
+    <t>Rinze Morino</t>
+  </si>
+  <si>
+    <t>026</t>
+  </si>
+  <si>
+    <t>Fuyuko Mayuzumi</t>
+  </si>
+  <si>
+    <t>027</t>
+  </si>
+  <si>
+    <t>Natsuha Arisugawa</t>
+  </si>
+  <si>
+    <t>028</t>
+  </si>
+  <si>
+    <t>Makoto Kikuchi</t>
+  </si>
+  <si>
+    <t>029</t>
+  </si>
+  <si>
+    <t>030</t>
+  </si>
+  <si>
+    <t>Kokoro Natsume (Kokkoro)</t>
+  </si>
+  <si>
+    <t>031</t>
+  </si>
+  <si>
+    <t>Suzuna Minami</t>
+  </si>
+  <si>
+    <t>032</t>
+  </si>
+  <si>
+    <t>Saren Sasaki</t>
+  </si>
+  <si>
+    <t>033</t>
+  </si>
+  <si>
+    <t>Yori Kazemiya</t>
+  </si>
+  <si>
+    <t>034</t>
+  </si>
+  <si>
+    <t>Makoto Aki</t>
+  </si>
+  <si>
+    <t>035</t>
+  </si>
+  <si>
+    <t>036</t>
+  </si>
+  <si>
+    <t>Maho Himemiya</t>
+  </si>
+  <si>
+    <t>CR</t>
+  </si>
+  <si>
+    <t>Fuwa Kokone</t>
+  </si>
+  <si>
+    <t>Pretty Cure</t>
+  </si>
+  <si>
+    <t>Elena Narahashi</t>
+  </si>
+  <si>
+    <t>Alya, Who Sits Next to Me, Sometimes Whispers Sweet Nothings in Russian</t>
+  </si>
+  <si>
+    <t>Ayano Kimishima</t>
+  </si>
+  <si>
+    <t>Mitsuri Kanroji</t>
+  </si>
+  <si>
+    <t>Demon Slayer</t>
+  </si>
+  <si>
+    <t>Tsubasa Nanase</t>
+  </si>
+  <si>
+    <t>Classroom of the Elite</t>
+  </si>
+  <si>
+    <t>Taiga Aisaka</t>
+  </si>
+  <si>
+    <t>Toradora</t>
+  </si>
+  <si>
+    <t>Uzuki Shimamura</t>
+  </si>
+  <si>
+    <t>Kaede Takagaki</t>
+  </si>
+  <si>
+    <t>Fukumaru Koito</t>
+  </si>
+  <si>
+    <t>Tsubasa Kisaragi</t>
+  </si>
+  <si>
+    <t>Aikatsu!</t>
+  </si>
+  <si>
+    <t>Nice Nature</t>
+  </si>
+  <si>
+    <t>Matikanefukukitaru</t>
+  </si>
+  <si>
+    <t>Rhein Kraft</t>
+  </si>
+  <si>
+    <t>Hikari Kagura</t>
+  </si>
+  <si>
+    <t>Revue Starlight</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>Katsushika Hokusai</t>
+  </si>
+  <si>
+    <t>Wu Zetian</t>
+  </si>
+  <si>
+    <t>Ruby Kurosawa</t>
+  </si>
+  <si>
+    <t>Rina Tennouji</t>
+  </si>
+  <si>
+    <t>Echidna</t>
+  </si>
+  <si>
+    <t>Re:Zero</t>
+  </si>
+  <si>
+    <t>Hibiki</t>
+  </si>
+  <si>
+    <t>Kantai Collection</t>
+  </si>
+  <si>
+    <t>Beatrice</t>
+  </si>
+  <si>
+    <t>Shigure</t>
+  </si>
+  <si>
+    <t>Ruiko Saten</t>
+  </si>
+  <si>
+    <t>A Certain Magical Index (Toaru Kagaku no Railgun)</t>
+  </si>
+  <si>
+    <t>Sophie Twilight</t>
+  </si>
+  <si>
+    <t>Ms. vampire who lives in my neighborhood</t>
+  </si>
+  <si>
+    <t>Louise</t>
+  </si>
+  <si>
+    <t>The Familiar of Zero</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>Gummy</t>
+  </si>
+  <si>
+    <t>Muelsyse</t>
+  </si>
+  <si>
+    <t>Serika Hakozaki</t>
+  </si>
+  <si>
+    <t>Morikubo Nono</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="1">
+  <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="single"/>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
+      <alignment vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -362,91 +953,2199 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11498-varesa" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11499-castorice" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11500-escoffier" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11501-skirk" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11502-cipher" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11503-mavuika" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11504-tachibana-hinano" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11505-higan" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11506-eris-boreas-greyrat" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11507-tomoe-gozen" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11508-anastasia-nikolaevna-romanova" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11509-amor-caren" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11510-nero-claudius" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11511-merlin" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11512-ouro-kronii" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11513-yukihana-lamy" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11514-tsukumo-benben" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11515-yukari-yakumo" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11516-uta" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11517-miko-iino" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11518-surtr" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11519-takane-shijou" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11520-rice-shower" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11521-meisho-doto" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11522-manhattan-cafe" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11523-winning-ticket" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11524-mayano-top-gun" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11525-kutaka-niwatari" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11526-yume-minami" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11527-kiruya-momochi-karyl" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11528-serizawa-asahi" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11529-hanamaru-kunikida" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11530-suzuhara-lulu" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11531-remi-ayasaki" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11532-haruhi-suzumiya" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11533-tendou-alice" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11534-mika-misono" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11535-reed" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11536-momoko-suou" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11537-kyouko-sakura" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11538-kotone-fujita" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11539-toru-asakura" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11540-luca-ikaruga" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11541-madoka-higuchi" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11542-eunie" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11543-ran-mitake" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11544-tenochtitlan" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11545-marie-antoinette" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11546-merlin" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11547-rinne-ohara" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11548-honoka-kousaka" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11549-rikka-takarada" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11550-hatsune-miku" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11551-sakuya-izayoi" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11552-yui-kusano" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11553-lachesis" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11554-vignette-april-tsukinose" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11555-mirai-kuriyama" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11556-megumi-kato" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11557-texas" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11558-ann-takamaki" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11559-kotoha-tanaka" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11560-chiyo-shirayuki" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11561-manticore" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11562-tomimi" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11563-frostleaf" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11564-anastasia" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11565-riamu-yumemi" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11566-rin-shibuya" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11567-rinze-morino" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11568-fuyuko-mayuzumi" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11569-natsuha-arisugawa" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11570-makoto-kikuchi" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11571-kiruya-momochi-karyl" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11572-kokoro-natsume-kokkoro" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11573-suzuna-minami" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11574-saren-sasaki" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11575-yori-kazemiya" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11576-makoto-aki" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11577-yui-kusano" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11578-maho-himemiya" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11579-fuwa-kokone" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11580-elena-narahashi" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11581-ayano-kimishima" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11582-mitsuri-kanroji" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11583-tsubasa-nanase" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11584-taiga-aisaka" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11585-momoko-suou" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11586-uzuki-shimamura" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11587-rin-shibuya" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11588-kaede-takagaki" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11589-rinze-morino" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11590-fukumaru-koito" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11591-serizawa-asahi" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11592-tsubasa-kisaragi" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11593-nice-nature" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11594-matikanefukukitaru" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11595-rhein-kraft" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11596-hikari-kagura" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11597-katsushika-hokusai" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11598-wu-zetian" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11599-ruby-kurosawa" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11600-rina-tennouji" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11601-echidna" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11602-hibiki" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11603-beatrice" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11604-shigure" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11605-ruiko-saten" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11606-sophie-twilight" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11607-louise" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11608-w" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11609-gummy" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11610-muelsyse" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11611-kyouko-sakura" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11612-serika-hakozaki" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11613-riamu-yumemi" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11614-morikubo-nono" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E1"/>
+  <dimension ref="A1:E118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1"/>
+      <selection activeCell="D118" sqref="D118"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="2" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E2" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" t="s">
+        <v>21</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="E9" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E10" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" t="s">
+        <v>27</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="E12" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s">
+        <v>13</v>
+      </c>
+      <c r="B13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" t="s">
+        <v>27</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E13" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s">
+        <v>15</v>
+      </c>
+      <c r="B14" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" t="s">
+        <v>27</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E14" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" t="s">
+        <v>6</v>
+      </c>
+      <c r="C15" t="s">
+        <v>27</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" t="s">
+        <v>27</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="E16" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5">
+      <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" t="s">
+        <v>27</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18" t="s">
+        <v>38</v>
+      </c>
+      <c r="B18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" t="s">
+        <v>27</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="E18" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s">
+        <v>41</v>
+      </c>
+      <c r="B19" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" t="s">
+        <v>27</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E19" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" t="s">
+        <v>27</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="E20" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" t="s">
+        <v>6</v>
+      </c>
+      <c r="C21" t="s">
+        <v>27</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E21" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C22" t="s">
+        <v>27</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E22" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s">
+        <v>52</v>
+      </c>
+      <c r="B23" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" t="s">
+        <v>27</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s">
+        <v>55</v>
+      </c>
+      <c r="B24" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" t="s">
+        <v>27</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E24" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s">
+        <v>58</v>
+      </c>
+      <c r="B25" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" t="s">
+        <v>27</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E25" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s">
+        <v>60</v>
+      </c>
+      <c r="B26" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" t="s">
+        <v>27</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E26" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s">
+        <v>62</v>
+      </c>
+      <c r="B27" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" t="s">
+        <v>27</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E27" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s">
+        <v>64</v>
+      </c>
+      <c r="B28" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" t="s">
+        <v>27</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="E28" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s">
+        <v>5</v>
+      </c>
+      <c r="B29" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" t="s">
+        <v>66</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E29" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" t="s">
+        <v>66</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E30" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s">
+        <v>13</v>
+      </c>
+      <c r="B31" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" t="s">
+        <v>66</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E31" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s">
+        <v>15</v>
+      </c>
+      <c r="B32" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" t="s">
+        <v>66</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="E32" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s">
+        <v>17</v>
+      </c>
+      <c r="B33" t="s">
+        <v>6</v>
+      </c>
+      <c r="C33" t="s">
+        <v>66</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E33" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s">
+        <v>19</v>
+      </c>
+      <c r="B34" t="s">
+        <v>6</v>
+      </c>
+      <c r="C34" t="s">
+        <v>66</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E34" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s">
+        <v>36</v>
+      </c>
+      <c r="B35" t="s">
+        <v>6</v>
+      </c>
+      <c r="C35" t="s">
+        <v>66</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E35" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" t="s">
+        <v>38</v>
+      </c>
+      <c r="B36" t="s">
+        <v>6</v>
+      </c>
+      <c r="C36" t="s">
+        <v>66</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="E36" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s">
+        <v>41</v>
+      </c>
+      <c r="B37" t="s">
+        <v>6</v>
+      </c>
+      <c r="C37" t="s">
+        <v>66</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E37" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s">
+        <v>43</v>
+      </c>
+      <c r="B38" t="s">
+        <v>6</v>
+      </c>
+      <c r="C38" t="s">
+        <v>66</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E38" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39" t="s">
+        <v>46</v>
+      </c>
+      <c r="B39" t="s">
+        <v>6</v>
+      </c>
+      <c r="C39" t="s">
+        <v>66</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E39" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5">
+      <c r="A40" t="s">
+        <v>49</v>
+      </c>
+      <c r="B40" t="s">
+        <v>6</v>
+      </c>
+      <c r="C40" t="s">
+        <v>66</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E40" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5">
+      <c r="A41" t="s">
+        <v>52</v>
+      </c>
+      <c r="B41" t="s">
+        <v>6</v>
+      </c>
+      <c r="C41" t="s">
+        <v>66</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E41" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5">
+      <c r="A42" t="s">
+        <v>55</v>
+      </c>
+      <c r="B42" t="s">
+        <v>6</v>
+      </c>
+      <c r="C42" t="s">
+        <v>66</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E42" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5">
+      <c r="A43" t="s">
+        <v>58</v>
+      </c>
+      <c r="B43" t="s">
+        <v>6</v>
+      </c>
+      <c r="C43" t="s">
+        <v>66</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E43" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5">
+      <c r="A44" t="s">
+        <v>60</v>
+      </c>
+      <c r="B44" t="s">
+        <v>6</v>
+      </c>
+      <c r="C44" t="s">
+        <v>66</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E44" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5">
+      <c r="A45" t="s">
+        <v>62</v>
+      </c>
+      <c r="B45" t="s">
+        <v>6</v>
+      </c>
+      <c r="C45" t="s">
+        <v>66</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E45" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5">
+      <c r="A46" t="s">
+        <v>64</v>
+      </c>
+      <c r="B46" t="s">
+        <v>6</v>
+      </c>
+      <c r="C46" t="s">
+        <v>66</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="E46" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5">
+      <c r="A47" t="s">
+        <v>5</v>
+      </c>
+      <c r="B47" t="s">
+        <v>6</v>
+      </c>
+      <c r="C47" t="s">
+        <v>93</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="E47" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>6</v>
+      </c>
+      <c r="C48" t="s">
+        <v>93</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="E48" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5">
+      <c r="A49" t="s">
+        <v>13</v>
+      </c>
+      <c r="B49" t="s">
+        <v>6</v>
+      </c>
+      <c r="C49" t="s">
+        <v>93</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E49" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5">
+      <c r="A50" t="s">
+        <v>15</v>
+      </c>
+      <c r="B50" t="s">
+        <v>6</v>
+      </c>
+      <c r="C50" t="s">
+        <v>93</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E50" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5">
+      <c r="A51" t="s">
+        <v>17</v>
+      </c>
+      <c r="B51" t="s">
+        <v>6</v>
+      </c>
+      <c r="C51" t="s">
+        <v>93</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="E51" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5">
+      <c r="A52" t="s">
+        <v>19</v>
+      </c>
+      <c r="B52" t="s">
+        <v>6</v>
+      </c>
+      <c r="C52" t="s">
+        <v>93</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="E52" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5">
+      <c r="A53" t="s">
+        <v>36</v>
+      </c>
+      <c r="B53" t="s">
+        <v>6</v>
+      </c>
+      <c r="C53" t="s">
+        <v>93</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="E53" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5">
+      <c r="A54" t="s">
+        <v>38</v>
+      </c>
+      <c r="B54" t="s">
+        <v>6</v>
+      </c>
+      <c r="C54" t="s">
+        <v>93</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="E54" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5">
+      <c r="A55" t="s">
+        <v>41</v>
+      </c>
+      <c r="B55" t="s">
+        <v>6</v>
+      </c>
+      <c r="C55" t="s">
+        <v>93</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="E55" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5">
+      <c r="A56" t="s">
+        <v>43</v>
+      </c>
+      <c r="B56" t="s">
+        <v>6</v>
+      </c>
+      <c r="C56" t="s">
+        <v>93</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E56" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5">
+      <c r="A57" t="s">
+        <v>46</v>
+      </c>
+      <c r="B57" t="s">
+        <v>6</v>
+      </c>
+      <c r="C57" t="s">
+        <v>93</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="E57" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5">
+      <c r="A58" t="s">
+        <v>49</v>
+      </c>
+      <c r="B58" t="s">
+        <v>6</v>
+      </c>
+      <c r="C58" t="s">
+        <v>93</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="E58" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5">
+      <c r="A59" t="s">
+        <v>52</v>
+      </c>
+      <c r="B59" t="s">
+        <v>6</v>
+      </c>
+      <c r="C59" t="s">
+        <v>93</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="E59" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5">
+      <c r="A60" t="s">
+        <v>55</v>
+      </c>
+      <c r="B60" t="s">
+        <v>6</v>
+      </c>
+      <c r="C60" t="s">
+        <v>93</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E60" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5">
+      <c r="A61" t="s">
+        <v>58</v>
+      </c>
+      <c r="B61" t="s">
+        <v>6</v>
+      </c>
+      <c r="C61" t="s">
+        <v>93</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E61" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5">
+      <c r="A62" t="s">
+        <v>60</v>
+      </c>
+      <c r="B62" t="s">
+        <v>6</v>
+      </c>
+      <c r="C62" t="s">
+        <v>93</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E62" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5">
+      <c r="A63" t="s">
+        <v>62</v>
+      </c>
+      <c r="B63" t="s">
+        <v>6</v>
+      </c>
+      <c r="C63" t="s">
+        <v>93</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E63" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5">
+      <c r="A64" t="s">
+        <v>64</v>
+      </c>
+      <c r="B64" t="s">
+        <v>6</v>
+      </c>
+      <c r="C64" t="s">
+        <v>93</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E64" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5">
+      <c r="A65" t="s">
+        <v>120</v>
+      </c>
+      <c r="B65" t="s">
+        <v>6</v>
+      </c>
+      <c r="C65" t="s">
+        <v>93</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E65" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5">
+      <c r="A66" t="s">
+        <v>122</v>
+      </c>
+      <c r="B66" t="s">
+        <v>6</v>
+      </c>
+      <c r="C66" t="s">
+        <v>93</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E66" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5">
+      <c r="A67" t="s">
+        <v>124</v>
+      </c>
+      <c r="B67" t="s">
+        <v>6</v>
+      </c>
+      <c r="C67" t="s">
+        <v>93</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E67" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5">
+      <c r="A68" t="s">
+        <v>126</v>
+      </c>
+      <c r="B68" t="s">
+        <v>6</v>
+      </c>
+      <c r="C68" t="s">
+        <v>93</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E68" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5">
+      <c r="A69" t="s">
+        <v>128</v>
+      </c>
+      <c r="B69" t="s">
+        <v>6</v>
+      </c>
+      <c r="C69" t="s">
+        <v>93</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E69" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5">
+      <c r="A70" t="s">
+        <v>130</v>
+      </c>
+      <c r="B70" t="s">
+        <v>6</v>
+      </c>
+      <c r="C70" t="s">
+        <v>93</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E70" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5">
+      <c r="A71" t="s">
+        <v>132</v>
+      </c>
+      <c r="B71" t="s">
+        <v>6</v>
+      </c>
+      <c r="C71" t="s">
+        <v>93</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="E71" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5">
+      <c r="A72" t="s">
+        <v>134</v>
+      </c>
+      <c r="B72" t="s">
+        <v>6</v>
+      </c>
+      <c r="C72" t="s">
+        <v>93</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E72" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5">
+      <c r="A73" t="s">
+        <v>136</v>
+      </c>
+      <c r="B73" t="s">
+        <v>6</v>
+      </c>
+      <c r="C73" t="s">
+        <v>93</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="E73" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5">
+      <c r="A74" t="s">
+        <v>138</v>
+      </c>
+      <c r="B74" t="s">
+        <v>6</v>
+      </c>
+      <c r="C74" t="s">
+        <v>93</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="E74" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5">
+      <c r="A75" t="s">
+        <v>140</v>
+      </c>
+      <c r="B75" t="s">
+        <v>6</v>
+      </c>
+      <c r="C75" t="s">
+        <v>93</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E75" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5">
+      <c r="A76" t="s">
+        <v>141</v>
+      </c>
+      <c r="B76" t="s">
+        <v>6</v>
+      </c>
+      <c r="C76" t="s">
+        <v>93</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E76" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5">
+      <c r="A77" t="s">
+        <v>143</v>
+      </c>
+      <c r="B77" t="s">
+        <v>6</v>
+      </c>
+      <c r="C77" t="s">
+        <v>93</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E77" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5">
+      <c r="A78" t="s">
+        <v>145</v>
+      </c>
+      <c r="B78" t="s">
+        <v>6</v>
+      </c>
+      <c r="C78" t="s">
+        <v>93</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E78" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5">
+      <c r="A79" t="s">
+        <v>147</v>
+      </c>
+      <c r="B79" t="s">
+        <v>6</v>
+      </c>
+      <c r="C79" t="s">
+        <v>93</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>148</v>
+      </c>
+      <c r="E79" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5">
+      <c r="A80" t="s">
+        <v>149</v>
+      </c>
+      <c r="B80" t="s">
+        <v>6</v>
+      </c>
+      <c r="C80" t="s">
+        <v>93</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="E80" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5">
+      <c r="A81" t="s">
+        <v>151</v>
+      </c>
+      <c r="B81" t="s">
+        <v>6</v>
+      </c>
+      <c r="C81" t="s">
+        <v>93</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E81" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5">
+      <c r="A82" t="s">
+        <v>152</v>
+      </c>
+      <c r="B82" t="s">
+        <v>6</v>
+      </c>
+      <c r="C82" t="s">
+        <v>93</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="E82" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5">
+      <c r="A83" t="s">
+        <v>5</v>
+      </c>
+      <c r="B83" t="s">
+        <v>6</v>
+      </c>
+      <c r="C83" t="s">
+        <v>154</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="E83" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5">
+      <c r="A84" t="s">
+        <v>10</v>
+      </c>
+      <c r="B84" t="s">
+        <v>6</v>
+      </c>
+      <c r="C84" t="s">
+        <v>154</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E84" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5">
+      <c r="A85" t="s">
+        <v>13</v>
+      </c>
+      <c r="B85" t="s">
+        <v>6</v>
+      </c>
+      <c r="C85" t="s">
+        <v>154</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="E85" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5">
+      <c r="A86" t="s">
+        <v>15</v>
+      </c>
+      <c r="B86" t="s">
+        <v>6</v>
+      </c>
+      <c r="C86" t="s">
+        <v>154</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E86" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5">
+      <c r="A87" t="s">
+        <v>17</v>
+      </c>
+      <c r="B87" t="s">
+        <v>6</v>
+      </c>
+      <c r="C87" t="s">
+        <v>154</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E87" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5">
+      <c r="A88" t="s">
+        <v>19</v>
+      </c>
+      <c r="B88" t="s">
+        <v>6</v>
+      </c>
+      <c r="C88" t="s">
+        <v>154</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="E88" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5">
+      <c r="A89" t="s">
+        <v>36</v>
+      </c>
+      <c r="B89" t="s">
+        <v>6</v>
+      </c>
+      <c r="C89" t="s">
+        <v>154</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="E89" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5">
+      <c r="A90" t="s">
+        <v>38</v>
+      </c>
+      <c r="B90" t="s">
+        <v>6</v>
+      </c>
+      <c r="C90" t="s">
+        <v>154</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="E90" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5">
+      <c r="A91" t="s">
+        <v>41</v>
+      </c>
+      <c r="B91" t="s">
+        <v>6</v>
+      </c>
+      <c r="C91" t="s">
+        <v>154</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E91" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5">
+      <c r="A92" t="s">
+        <v>43</v>
+      </c>
+      <c r="B92" t="s">
+        <v>6</v>
+      </c>
+      <c r="C92" t="s">
+        <v>154</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="E92" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5">
+      <c r="A93" t="s">
+        <v>46</v>
+      </c>
+      <c r="B93" t="s">
+        <v>6</v>
+      </c>
+      <c r="C93" t="s">
+        <v>154</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="E93" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5">
+      <c r="A94" t="s">
+        <v>49</v>
+      </c>
+      <c r="B94" t="s">
+        <v>6</v>
+      </c>
+      <c r="C94" t="s">
+        <v>154</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="E94" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5">
+      <c r="A95" t="s">
+        <v>52</v>
+      </c>
+      <c r="B95" t="s">
+        <v>6</v>
+      </c>
+      <c r="C95" t="s">
+        <v>154</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="E95" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5">
+      <c r="A96" t="s">
+        <v>55</v>
+      </c>
+      <c r="B96" t="s">
+        <v>6</v>
+      </c>
+      <c r="C96" t="s">
+        <v>154</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E96" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5">
+      <c r="A97" t="s">
+        <v>58</v>
+      </c>
+      <c r="B97" t="s">
+        <v>6</v>
+      </c>
+      <c r="C97" t="s">
+        <v>154</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="E97" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5">
+      <c r="A98" t="s">
+        <v>60</v>
+      </c>
+      <c r="B98" t="s">
+        <v>6</v>
+      </c>
+      <c r="C98" t="s">
+        <v>154</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="E98" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5">
+      <c r="A99" t="s">
+        <v>62</v>
+      </c>
+      <c r="B99" t="s">
+        <v>6</v>
+      </c>
+      <c r="C99" t="s">
+        <v>154</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="E99" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5">
+      <c r="A100" t="s">
+        <v>64</v>
+      </c>
+      <c r="B100" t="s">
+        <v>6</v>
+      </c>
+      <c r="C100" t="s">
+        <v>154</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="E100" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5">
+      <c r="A101" t="s">
+        <v>5</v>
+      </c>
+      <c r="B101" t="s">
+        <v>6</v>
+      </c>
+      <c r="C101" t="s">
+        <v>176</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="E101" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5">
+      <c r="A102" t="s">
+        <v>10</v>
+      </c>
+      <c r="B102" t="s">
+        <v>6</v>
+      </c>
+      <c r="C102" t="s">
+        <v>176</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="E102" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5">
+      <c r="A103" t="s">
+        <v>13</v>
+      </c>
+      <c r="B103" t="s">
+        <v>6</v>
+      </c>
+      <c r="C103" t="s">
+        <v>176</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E103" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5">
+      <c r="A104" t="s">
+        <v>15</v>
+      </c>
+      <c r="B104" t="s">
+        <v>6</v>
+      </c>
+      <c r="C104" t="s">
+        <v>176</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="E104" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5">
+      <c r="A105" t="s">
+        <v>17</v>
+      </c>
+      <c r="B105" t="s">
+        <v>6</v>
+      </c>
+      <c r="C105" t="s">
+        <v>176</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="E105" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5">
+      <c r="A106" t="s">
+        <v>19</v>
+      </c>
+      <c r="B106" t="s">
+        <v>6</v>
+      </c>
+      <c r="C106" t="s">
+        <v>176</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="E106" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5">
+      <c r="A107" t="s">
+        <v>36</v>
+      </c>
+      <c r="B107" t="s">
+        <v>6</v>
+      </c>
+      <c r="C107" t="s">
+        <v>176</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="E107" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5">
+      <c r="A108" t="s">
+        <v>38</v>
+      </c>
+      <c r="B108" t="s">
+        <v>6</v>
+      </c>
+      <c r="C108" t="s">
+        <v>176</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="E108" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5">
+      <c r="A109" t="s">
+        <v>41</v>
+      </c>
+      <c r="B109" t="s">
+        <v>6</v>
+      </c>
+      <c r="C109" t="s">
+        <v>176</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="E109" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5">
+      <c r="A110" t="s">
+        <v>43</v>
+      </c>
+      <c r="B110" t="s">
+        <v>6</v>
+      </c>
+      <c r="C110" t="s">
+        <v>176</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="E110" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5">
+      <c r="A111" t="s">
+        <v>46</v>
+      </c>
+      <c r="B111" t="s">
+        <v>6</v>
+      </c>
+      <c r="C111" t="s">
+        <v>176</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="E111" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5">
+      <c r="A112" t="s">
+        <v>49</v>
+      </c>
+      <c r="B112" t="s">
+        <v>6</v>
+      </c>
+      <c r="C112" t="s">
+        <v>176</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="E112" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5">
+      <c r="A113" t="s">
+        <v>52</v>
+      </c>
+      <c r="B113" t="s">
+        <v>6</v>
+      </c>
+      <c r="C113" t="s">
+        <v>176</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="E113" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5">
+      <c r="A114" t="s">
+        <v>55</v>
+      </c>
+      <c r="B114" t="s">
+        <v>6</v>
+      </c>
+      <c r="C114" t="s">
+        <v>176</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="E114" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5">
+      <c r="A115" t="s">
+        <v>58</v>
+      </c>
+      <c r="B115" t="s">
+        <v>6</v>
+      </c>
+      <c r="C115" t="s">
+        <v>176</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E115" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5">
+      <c r="A116" t="s">
+        <v>60</v>
+      </c>
+      <c r="B116" t="s">
+        <v>6</v>
+      </c>
+      <c r="C116" t="s">
+        <v>176</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="E116" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5">
+      <c r="A117" t="s">
+        <v>62</v>
+      </c>
+      <c r="B117" t="s">
+        <v>6</v>
+      </c>
+      <c r="C117" t="s">
+        <v>176</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E117" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5">
+      <c r="A118" t="s">
+        <v>64</v>
+      </c>
+      <c r="B118" t="s">
+        <v>6</v>
+      </c>
+      <c r="C118" t="s">
+        <v>176</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="E118" t="s">
+        <v>54</v>
+      </c>
+    </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="D11" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="D14" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="D15" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="D16" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="D17" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="D18" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="D19" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="D20" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="D21" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="D22" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="D23" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="D24" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="D25" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="D26" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="D27" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="D28" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="D29" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="D30" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="D31" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="D32" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="D33" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="D34" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="D35" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="D36" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="D37" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="D38" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="D39" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="D40" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="D41" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="D42" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="D43" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="D44" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="D45" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="D46" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="D47" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="D48" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="D49" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="D50" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="D51" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="D52" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="D53" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="D54" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="D55" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="D56" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="D57" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="D58" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="D59" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="D60" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="D61" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="D62" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="D63" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="D64" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="D65" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="D66" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="D67" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="D68" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="D69" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="D70" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="D71" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="D72" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="D73" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="D74" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="D75" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="D76" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="D77" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="D78" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="D79" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="D80" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="D81" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="D82" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="D83" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="D84" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="D85" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="D86" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="D87" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="D88" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="D89" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="D90" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="D91" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="D92" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="D93" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="D94" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="D95" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="D96" r:id="rId_hyperlink_95"/>
+    <hyperlink ref="D97" r:id="rId_hyperlink_96"/>
+    <hyperlink ref="D98" r:id="rId_hyperlink_97"/>
+    <hyperlink ref="D99" r:id="rId_hyperlink_98"/>
+    <hyperlink ref="D100" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="D101" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="D102" r:id="rId_hyperlink_101"/>
+    <hyperlink ref="D103" r:id="rId_hyperlink_102"/>
+    <hyperlink ref="D104" r:id="rId_hyperlink_103"/>
+    <hyperlink ref="D105" r:id="rId_hyperlink_104"/>
+    <hyperlink ref="D106" r:id="rId_hyperlink_105"/>
+    <hyperlink ref="D107" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="D108" r:id="rId_hyperlink_107"/>
+    <hyperlink ref="D109" r:id="rId_hyperlink_108"/>
+    <hyperlink ref="D110" r:id="rId_hyperlink_109"/>
+    <hyperlink ref="D111" r:id="rId_hyperlink_110"/>
+    <hyperlink ref="D112" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="D113" r:id="rId_hyperlink_112"/>
+    <hyperlink ref="D114" r:id="rId_hyperlink_113"/>
+    <hyperlink ref="D115" r:id="rId_hyperlink_114"/>
+    <hyperlink ref="D116" r:id="rId_hyperlink_115"/>
+    <hyperlink ref="D117" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="D118" r:id="rId_hyperlink_117"/>
+  </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>