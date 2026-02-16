--- v0 (2025-12-24)
+++ v1 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Set Number</t>
   </si>
   <si>
     <t>Rarity</t>
   </si>
   <si>
     <t>Character Name</t>
   </si>
   <si>
     <t>Serie Name</t>
   </si>
   <si>
     <t>NS-14</t>
   </si>
   <si>
     <t>SER</t>
   </si>
   <si>
     <t>Hatsune Miku (Sakura)</t>
   </si>
   <si>
@@ -185,50 +185,62 @@
   <si>
     <t>Love Live!</t>
   </si>
   <si>
     <t>SCR</t>
   </si>
   <si>
     <t>Amelia Watson</t>
   </si>
   <si>
     <t>Gawr Gura</t>
   </si>
   <si>
     <t>Yuzuki Choco</t>
   </si>
   <si>
     <t>Darkness</t>
   </si>
   <si>
     <t>KonoSuba</t>
   </si>
   <si>
     <t>Usada Pekora</t>
   </si>
   <si>
+    <t>Takanashi Hoshino</t>
+  </si>
+  <si>
+    <t>Blue Archive</t>
+  </si>
+  <si>
+    <t>Togawa Sakiko</t>
+  </si>
+  <si>
+    <t>BanG Dream!</t>
+  </si>
+  <si>
     <t>Hoshimachi Suisei</t>
   </si>
   <si>
     <t>Natori Sana</t>
   </si>
   <si>
     <t>Mashiro Kanon</t>
   </si>
   <si>
     <t>Rebirth for you</t>
   </si>
   <si>
     <t>Fubuki Shirakami</t>
   </si>
   <si>
     <t>Fuyuko Mayuzumi</t>
   </si>
   <si>
     <t>Marin Kitagawa</t>
   </si>
   <si>
     <t>My Dress-Up Darling</t>
   </si>
   <si>
     <t>Shiranami Ramune</t>
@@ -284,126 +296,162 @@
   <si>
     <t>Kotoko Iwanaga</t>
   </si>
   <si>
     <t>In/Spectre</t>
   </si>
   <si>
     <t>Sajuna Inui</t>
   </si>
   <si>
     <t>Daiwa Scarlet</t>
   </si>
   <si>
     <t>Uma Musume Pretty Derby</t>
   </si>
   <si>
     <t>Mejiro McQueen</t>
   </si>
   <si>
     <t>TSUBAKI</t>
   </si>
   <si>
     <t>ONE PUNCH MAN</t>
   </si>
   <si>
+    <t>Yuina Shirakawa</t>
+  </si>
+  <si>
+    <t>Hayate Hisakawa</t>
+  </si>
+  <si>
     <t>Koishi Komeiji</t>
   </si>
   <si>
     <t>Touhou Project</t>
   </si>
   <si>
     <t>Kagamine Rin</t>
   </si>
   <si>
     <t>Yangyang</t>
   </si>
   <si>
     <t>Wuthering Waves</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Momosuzu Nene</t>
   </si>
   <si>
     <t>Spice and Wolf</t>
   </si>
   <si>
     <t>Mari Makinami Illustrious</t>
   </si>
   <si>
     <t>Evangelion</t>
   </si>
   <si>
+    <t>Ling</t>
+  </si>
+  <si>
+    <t>Arknights</t>
+  </si>
+  <si>
+    <t>Makaino Ririmu</t>
+  </si>
+  <si>
     <t>Osawa Rurino</t>
   </si>
   <si>
+    <t>Megumi Fujishima</t>
+  </si>
+  <si>
     <t>Mio</t>
   </si>
   <si>
     <t>Xenoblade Chronicles</t>
   </si>
   <si>
     <t>Marcille Donato</t>
   </si>
   <si>
     <t>Delicious in Dungeon</t>
   </si>
   <si>
     <t>Nozomi Tojo</t>
   </si>
   <si>
     <t>Sanhua</t>
   </si>
   <si>
     <t>Hitagi Senjougahara</t>
   </si>
   <si>
     <t>Bakemonogatari</t>
   </si>
   <si>
     <t>R</t>
   </si>
   <si>
     <t>Nakiri Ayame</t>
   </si>
   <si>
+    <t>Eli Ayase</t>
+  </si>
+  <si>
+    <t>Hanayo Koizumi</t>
+  </si>
+  <si>
     <t>Umi Sonoda</t>
   </si>
   <si>
     <t>Yoshiko Tsushima</t>
   </si>
   <si>
     <t>Love Live! Sunshine</t>
   </si>
   <si>
+    <t>Sakurakouji Kinako</t>
+  </si>
+  <si>
     <t>Rem</t>
   </si>
   <si>
     <t>Re:Zero</t>
+  </si>
+  <si>
+    <t>Nekota Tsuna</t>
+  </si>
+  <si>
+    <t>Kaede</t>
+  </si>
+  <si>
+    <t>Pokemon</t>
   </si>
   <si>
     <t>Izayoi Sakuya</t>
   </si>
   <si>
     <t>Ai Hinatsuru</t>
   </si>
   <si>
     <t>The Ryuo's Work is Never Done</t>
   </si>
   <si>
     <t>Iori Minase</t>
   </si>
   <si>
     <t>Amami Haruka</t>
   </si>
   <si>
     <t>Tsukioka Kogane</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -725,51 +773,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11023-hatsune-miku-sakura" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11024-kurumi-noah" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11025-tracy-reznik" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11026-rikka-takanashi" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11027-frieren" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11028-tachibana-hinano" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11029-hyakumantenbara-salome" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11030-kiriko-yukoku" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11031-kasane-teto" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11032-artoria-pendragon-caster" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11033-europa" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11034-marie-antoinette" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11035-cure-flora" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11036-hatsune-miku" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11037-lize-helesta" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11038-minato-aqua" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11039-noel-shirogane" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11040-sakura-miko" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11041-yui-hirasawa" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11042-kaf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11043-ruka-kayamori" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11044-morrigna" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11045-shigure-ui" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11046-yukoku-kiriko" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11047-mano-sakuragi" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11048-hayami-kanade" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11049-tsuzuri-yugiri" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11050-" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11051-amelia-watson" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11052-gawr-gura" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11053-yuzuki-choco" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11054-darkness" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11055-usada-pekora" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11056-" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11057-" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11058-hoshimachi-suisei" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11059-natori-sana" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11060-mashiro-kanon" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11061-fubuki-shirakami" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11062-fuyuko-mayuzumi" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11063-marin-kitagawa" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11064-shiranami-ramune" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11065-riamu-yumemi" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11066-kotone-fujita" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11067-temari-tsukimura" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11068-ame-chan" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11069-sonetto" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11070-violet-evergarden" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11071-" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11072-elizabeth-bathory" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11073-ui-shigure" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11074-ceres-fauna" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11075-tokoyami-towa" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11076-amane-kanata" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11077-hoshimachi-suisei" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11078-vestia-zeta" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11079-kotoko-iwanaga" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11080-sajuna-inui" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11081-daiwa-scarlet" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11082-mejiro-mcqueen" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11083-tsubaki" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11084-" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11085-" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11086-" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11087-" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11088-" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11089-" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11090-" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11091-" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11092-" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11093-" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11094-" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11095-" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11096-koishi-komeiji" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11097-kagamine-rin" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11098-yangyang" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11099-" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11100-" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11101-" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11102-" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11103-" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11104-" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11105-marin-kitagawa" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11106-" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11107-momosuzu-nene" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11108-" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11109-mari-makinami-illustrious" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11110-" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11111-" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11112-" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11113-osawa-rurino" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11114-" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11115-mio" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11116-marcille-donato" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11117-nozomi-tojo" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11118-sanhua" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11119-" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11120-mano-sakuragi" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11121-hitagi-senjougahara" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11122-nakiri-ayame" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11123-" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11124-" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11125-" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11126-umi-sonoda" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11127-yoshiko-tsushima" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11128-" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11129-rem" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11130-" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11131-" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11132-izayoi-sakuya" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11133-" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11134-ai-hinatsuru" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11135-iori-minase" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11136-amami-haruka" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11137-tsukioka-kogane" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11138-" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11139-" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11023-hatsune-miku-sakura" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11024-kurumi-noah" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11025-tracy-reznik" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11026-rikka-takanashi" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11027-frieren" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11028-tachibana-hinano" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11029-hyakumantenbara-salome" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11030-kiriko-yukoku" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11031-kasane-teto" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11032-artoria-pendragon-caster" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11033-europa" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11034-marie-antoinette" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11035-cure-flora" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11036-hatsune-miku" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11037-lize-helesta" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11038-minato-aqua" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11039-noel-shirogane" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11040-sakura-miko" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11041-yui-hirasawa" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11042-kaf" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11043-ruka-kayamori" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11044-morrigna" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11045-shigure-ui" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11046-yukoku-kiriko" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11047-mano-sakuragi" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11048-hayami-kanade" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11049-tsuzuri-yugiri" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11050-" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11051-amelia-watson" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11052-gawr-gura" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11053-yuzuki-choco" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11054-darkness" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11055-usada-pekora" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11056-takanashi-hoshino" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11057-togawa-sakiko" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11058-hoshimachi-suisei" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11059-natori-sana" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11060-mashiro-kanon" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11061-fubuki-shirakami" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11062-fuyuko-mayuzumi" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11063-marin-kitagawa" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11064-shiranami-ramune" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11065-riamu-yumemi" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11066-kotone-fujita" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11067-temari-tsukimura" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11068-ame-chan" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11069-sonetto" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11070-violet-evergarden" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11071-" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11072-elizabeth-bathory" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11073-ui-shigure" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11074-ceres-fauna" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11075-tokoyami-towa" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11076-amane-kanata" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11077-hoshimachi-suisei" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11078-vestia-zeta" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11079-kotoko-iwanaga" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11080-sajuna-inui" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11081-daiwa-scarlet" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11082-mejiro-mcqueen" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11083-tsubaki" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11084-" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11085-" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11086-" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11087-" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11088-" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11089-" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11090-" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11091-" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11092-yuina-shirakawa" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11093-" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11094-hayate-hisakawa" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11095-" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11096-koishi-komeiji" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11097-kagamine-rin" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11098-yangyang" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11099-" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11100-" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11101-" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11102-" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11103-" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11104-" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11105-marin-kitagawa" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11106-" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11107-momosuzu-nene" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11108-" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11109-mari-makinami-illustrious" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11110-ling" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11111-makaino-ririmu" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11112-" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11113-osawa-rurino" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11114-megumi-fujishima" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11115-mio" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11116-marcille-donato" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11117-nozomi-tojo" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11118-sanhua" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11119-" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11120-mano-sakuragi" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11121-hitagi-senjougahara" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11122-nakiri-ayame" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11123-nozomi-tojo" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11124-eli-ayase" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11125-hanayo-koizumi" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11126-umi-sonoda" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11127-yoshiko-tsushima" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11128-sakurakouji-kinako" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11129-rem" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11130-nekota-tsuna" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11131-kaede" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11132-izayoi-sakuya" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11133-" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11134-ai-hinatsuru" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11135-iori-minase" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11136-amami-haruka" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11137-tsukioka-kogane" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11138-" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11139-" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D118" sqref="D118"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
@@ -1331,1293 +1379,1358 @@
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>5</v>
       </c>
       <c r="C34" t="s">
         <v>50</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>56</v>
       </c>
       <c r="E34" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35">
         <v>7</v>
       </c>
       <c r="B35" t="s">
         <v>5</v>
       </c>
       <c r="C35" t="s">
         <v>50</v>
       </c>
-      <c r="D35" s="1"/>
+      <c r="D35" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="E35" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>5</v>
       </c>
       <c r="C36" t="s">
         <v>50</v>
       </c>
-      <c r="D36" s="1"/>
+      <c r="D36" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E36" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37">
         <v>9</v>
       </c>
       <c r="B37" t="s">
         <v>5</v>
       </c>
       <c r="C37" t="s">
         <v>50</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E37" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38">
         <v>10</v>
       </c>
       <c r="B38" t="s">
         <v>5</v>
       </c>
       <c r="C38" t="s">
         <v>50</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="E38" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39">
         <v>11</v>
       </c>
       <c r="B39" t="s">
         <v>5</v>
       </c>
       <c r="C39" t="s">
         <v>50</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E39" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40">
         <v>12</v>
       </c>
       <c r="B40" t="s">
         <v>5</v>
       </c>
       <c r="C40" t="s">
         <v>50</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E40" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41">
         <v>13</v>
       </c>
       <c r="B41" t="s">
         <v>5</v>
       </c>
       <c r="C41" t="s">
         <v>50</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="E41" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42">
         <v>14</v>
       </c>
       <c r="B42" t="s">
         <v>5</v>
       </c>
       <c r="C42" t="s">
         <v>50</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E42" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43">
         <v>15</v>
       </c>
       <c r="B43" t="s">
         <v>5</v>
       </c>
       <c r="C43" t="s">
         <v>50</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="E43" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44">
         <v>16</v>
       </c>
       <c r="B44" t="s">
         <v>5</v>
       </c>
       <c r="C44" t="s">
         <v>50</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="E44" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45">
         <v>17</v>
       </c>
       <c r="B45" t="s">
         <v>5</v>
       </c>
       <c r="C45" t="s">
         <v>50</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E45" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46">
         <v>18</v>
       </c>
       <c r="B46" t="s">
         <v>5</v>
       </c>
       <c r="C46" t="s">
         <v>50</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="E46" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47">
         <v>1</v>
       </c>
       <c r="B47" t="s">
         <v>5</v>
       </c>
       <c r="C47" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="E47" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48">
         <v>2</v>
       </c>
       <c r="B48" t="s">
         <v>5</v>
       </c>
       <c r="C48" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="E48" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49">
         <v>3</v>
       </c>
       <c r="B49" t="s">
         <v>5</v>
       </c>
       <c r="C49" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="E49" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50">
         <v>4</v>
       </c>
       <c r="B50" t="s">
         <v>5</v>
       </c>
       <c r="C50" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D50" s="1"/>
     </row>
     <row r="51" spans="1:5">
       <c r="A51">
         <v>5</v>
       </c>
       <c r="B51" t="s">
         <v>5</v>
       </c>
       <c r="C51" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="E51" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52">
         <v>6</v>
       </c>
       <c r="B52" t="s">
         <v>5</v>
       </c>
       <c r="C52" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="E52" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53">
         <v>7</v>
       </c>
       <c r="B53" t="s">
         <v>5</v>
       </c>
       <c r="C53" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E53" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>5</v>
       </c>
       <c r="C54" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="E54" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55">
         <v>9</v>
       </c>
       <c r="B55" t="s">
         <v>5</v>
       </c>
       <c r="C55" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="E55" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56">
         <v>10</v>
       </c>
       <c r="B56" t="s">
         <v>5</v>
       </c>
       <c r="C56" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="E56" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57">
         <v>11</v>
       </c>
       <c r="B57" t="s">
         <v>5</v>
       </c>
       <c r="C57" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E57" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58">
         <v>12</v>
       </c>
       <c r="B58" t="s">
         <v>5</v>
       </c>
       <c r="C58" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="E58" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59">
         <v>13</v>
       </c>
       <c r="B59" t="s">
         <v>5</v>
       </c>
       <c r="C59" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="E59" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60">
         <v>14</v>
       </c>
       <c r="B60" t="s">
         <v>5</v>
       </c>
       <c r="C60" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="E60" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61">
         <v>15</v>
       </c>
       <c r="B61" t="s">
         <v>5</v>
       </c>
       <c r="C61" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E61" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62">
         <v>16</v>
       </c>
       <c r="B62" t="s">
         <v>5</v>
       </c>
       <c r="C62" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E62" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63">
         <v>17</v>
       </c>
       <c r="B63" t="s">
         <v>5</v>
       </c>
       <c r="C63" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D63" s="1"/>
     </row>
     <row r="64" spans="1:5">
       <c r="A64">
         <v>18</v>
       </c>
       <c r="B64" t="s">
         <v>5</v>
       </c>
       <c r="C64" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D64" s="1"/>
     </row>
     <row r="65" spans="1:5">
       <c r="A65">
         <v>19</v>
       </c>
       <c r="B65" t="s">
         <v>5</v>
       </c>
       <c r="C65" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D65" s="1"/>
     </row>
     <row r="66" spans="1:5">
       <c r="A66">
         <v>20</v>
       </c>
       <c r="B66" t="s">
         <v>5</v>
       </c>
       <c r="C66" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D66" s="1"/>
     </row>
     <row r="67" spans="1:5">
       <c r="A67">
         <v>21</v>
       </c>
       <c r="B67" t="s">
         <v>5</v>
       </c>
       <c r="C67" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D67" s="1"/>
     </row>
     <row r="68" spans="1:5">
       <c r="A68">
         <v>22</v>
       </c>
       <c r="B68" t="s">
         <v>5</v>
       </c>
       <c r="C68" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D68" s="1"/>
     </row>
     <row r="69" spans="1:5">
       <c r="A69">
         <v>23</v>
       </c>
       <c r="B69" t="s">
         <v>5</v>
       </c>
       <c r="C69" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D69" s="1"/>
     </row>
     <row r="70" spans="1:5">
       <c r="A70">
         <v>24</v>
       </c>
       <c r="B70" t="s">
         <v>5</v>
       </c>
       <c r="C70" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D70" s="1"/>
     </row>
     <row r="71" spans="1:5">
       <c r="A71">
         <v>25</v>
       </c>
       <c r="B71" t="s">
         <v>5</v>
       </c>
       <c r="C71" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D71" s="1"/>
+        <v>73</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="E71" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72">
         <v>26</v>
       </c>
       <c r="B72" t="s">
         <v>5</v>
       </c>
       <c r="C72" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D72" s="1"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73">
         <v>27</v>
       </c>
       <c r="B73" t="s">
         <v>5</v>
       </c>
       <c r="C73" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D73" s="1"/>
+        <v>73</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E73" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74">
         <v>28</v>
       </c>
       <c r="B74" t="s">
         <v>5</v>
       </c>
       <c r="C74" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D74" s="1"/>
     </row>
     <row r="75" spans="1:5">
       <c r="A75">
         <v>29</v>
       </c>
       <c r="B75" t="s">
         <v>5</v>
       </c>
       <c r="C75" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="E75" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76">
         <v>30</v>
       </c>
       <c r="B76" t="s">
         <v>5</v>
       </c>
       <c r="C76" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="E76" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77">
         <v>31</v>
       </c>
       <c r="B77" t="s">
         <v>5</v>
       </c>
       <c r="C77" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="E77" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78">
         <v>32</v>
       </c>
       <c r="B78" t="s">
         <v>5</v>
       </c>
       <c r="C78" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D78" s="1"/>
     </row>
     <row r="79" spans="1:5">
       <c r="A79">
         <v>33</v>
       </c>
       <c r="B79" t="s">
         <v>5</v>
       </c>
       <c r="C79" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D79" s="1"/>
     </row>
     <row r="80" spans="1:5">
       <c r="A80">
         <v>34</v>
       </c>
       <c r="B80" t="s">
         <v>5</v>
       </c>
       <c r="C80" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D80" s="1"/>
     </row>
     <row r="81" spans="1:5">
       <c r="A81">
         <v>35</v>
       </c>
       <c r="B81" t="s">
         <v>5</v>
       </c>
       <c r="C81" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D81" s="1"/>
     </row>
     <row r="82" spans="1:5">
       <c r="A82">
         <v>36</v>
       </c>
       <c r="B82" t="s">
         <v>5</v>
       </c>
       <c r="C82" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="D82" s="1"/>
     </row>
     <row r="83" spans="1:5">
       <c r="A83">
         <v>1</v>
       </c>
       <c r="B83" t="s">
         <v>5</v>
       </c>
       <c r="C83" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D83" s="1"/>
     </row>
     <row r="84" spans="1:5">
       <c r="A84">
         <v>2</v>
       </c>
       <c r="B84" t="s">
         <v>5</v>
       </c>
       <c r="C84" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="E84" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85">
         <v>3</v>
       </c>
       <c r="B85" t="s">
         <v>5</v>
       </c>
       <c r="C85" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D85" s="1"/>
     </row>
     <row r="86" spans="1:5">
       <c r="A86">
         <v>4</v>
       </c>
       <c r="B86" t="s">
         <v>5</v>
       </c>
       <c r="C86" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E86" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87">
         <v>5</v>
       </c>
       <c r="B87" t="s">
         <v>5</v>
       </c>
       <c r="C87" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D87" s="1"/>
       <c r="E87" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88">
         <v>6</v>
       </c>
       <c r="B88" t="s">
         <v>5</v>
       </c>
       <c r="C88" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="E88" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89">
         <v>7</v>
       </c>
       <c r="B89" t="s">
         <v>5</v>
       </c>
       <c r="C89" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D89" s="1"/>
+        <v>101</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E89" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90">
         <v>8</v>
       </c>
       <c r="B90" t="s">
         <v>5</v>
       </c>
       <c r="C90" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D90" s="1"/>
+        <v>101</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E90" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91">
         <v>9</v>
       </c>
       <c r="B91" t="s">
         <v>5</v>
       </c>
       <c r="C91" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D91" s="1"/>
       <c r="E91" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92">
         <v>10</v>
       </c>
       <c r="B92" t="s">
         <v>5</v>
       </c>
       <c r="C92" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="E92" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93">
         <v>11</v>
       </c>
       <c r="B93" t="s">
         <v>5</v>
       </c>
       <c r="C93" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="D93" s="1"/>
+        <v>101</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="E93" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94">
         <v>12</v>
       </c>
       <c r="B94" t="s">
         <v>5</v>
       </c>
       <c r="C94" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="E94" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95">
         <v>13</v>
       </c>
       <c r="B95" t="s">
         <v>5</v>
       </c>
       <c r="C95" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="E95" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96">
         <v>14</v>
       </c>
       <c r="B96" t="s">
         <v>5</v>
       </c>
       <c r="C96" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="E96" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97">
         <v>15</v>
       </c>
       <c r="B97" t="s">
         <v>5</v>
       </c>
       <c r="C97" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="E97" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98">
         <v>16</v>
       </c>
       <c r="B98" t="s">
         <v>5</v>
       </c>
       <c r="C98" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D98" s="1"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99">
         <v>17</v>
       </c>
       <c r="B99" t="s">
         <v>5</v>
       </c>
       <c r="C99" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D99" s="1" t="s">
         <v>46</v>
       </c>
       <c r="E99" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100">
         <v>18</v>
       </c>
       <c r="B100" t="s">
         <v>5</v>
       </c>
       <c r="C100" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="E100" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101">
         <v>1</v>
       </c>
       <c r="B101" t="s">
         <v>5</v>
       </c>
       <c r="C101" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="E101" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102">
         <v>2</v>
       </c>
       <c r="B102" t="s">
         <v>5</v>
       </c>
       <c r="C102" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D102" s="1"/>
+        <v>119</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E102" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103">
         <v>3</v>
       </c>
       <c r="B103" t="s">
         <v>5</v>
       </c>
       <c r="C103" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D103" s="1"/>
+        <v>119</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E103" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104">
         <v>4</v>
       </c>
       <c r="B104" t="s">
         <v>5</v>
       </c>
       <c r="C104" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D104" s="1"/>
+        <v>119</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E104" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105">
         <v>5</v>
       </c>
       <c r="B105" t="s">
         <v>5</v>
       </c>
       <c r="C105" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="E105" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106">
         <v>6</v>
       </c>
       <c r="B106" t="s">
         <v>5</v>
       </c>
       <c r="C106" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>112</v>
+        <v>124</v>
       </c>
       <c r="E106" t="s">
-        <v>113</v>
+        <v>125</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107">
         <v>7</v>
       </c>
       <c r="B107" t="s">
         <v>5</v>
       </c>
       <c r="C107" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D107" s="1"/>
+        <v>119</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="E107" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108">
         <v>8</v>
       </c>
       <c r="B108" t="s">
         <v>5</v>
       </c>
       <c r="C108" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>114</v>
+        <v>127</v>
       </c>
       <c r="E108" t="s">
-        <v>115</v>
+        <v>128</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109">
         <v>9</v>
       </c>
       <c r="B109" t="s">
         <v>5</v>
       </c>
       <c r="C109" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D109" s="1"/>
+        <v>119</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E109" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110">
         <v>10</v>
       </c>
       <c r="B110" t="s">
         <v>5</v>
       </c>
       <c r="C110" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="D110" s="1"/>
+        <v>119</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="E110" t="s">
+        <v>131</v>
+      </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111">
         <v>11</v>
       </c>
       <c r="B111" t="s">
         <v>5</v>
       </c>
       <c r="C111" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>116</v>
+        <v>132</v>
       </c>
       <c r="E111" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112">
         <v>12</v>
       </c>
       <c r="B112" t="s">
         <v>5</v>
       </c>
       <c r="C112" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D112" s="1"/>
     </row>
     <row r="113" spans="1:5">
       <c r="A113">
         <v>13</v>
       </c>
       <c r="B113" t="s">
         <v>5</v>
       </c>
       <c r="C113" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>117</v>
+        <v>133</v>
       </c>
       <c r="E113" t="s">
-        <v>118</v>
+        <v>134</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114">
         <v>14</v>
       </c>
       <c r="B114" t="s">
         <v>5</v>
       </c>
       <c r="C114" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="E114" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115">
         <v>15</v>
       </c>
       <c r="B115" t="s">
         <v>5</v>
       </c>
       <c r="C115" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="E115" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116">
         <v>16</v>
       </c>
       <c r="B116" t="s">
         <v>5</v>
       </c>
       <c r="C116" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="E116" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117">
         <v>17</v>
       </c>
       <c r="B117" t="s">
         <v>5</v>
       </c>
       <c r="C117" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D117" s="1"/>
       <c r="E117" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118">
         <v>18</v>
       </c>
       <c r="B118" t="s">
         <v>5</v>
       </c>
       <c r="C118" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="D118" s="1"/>
       <c r="E118" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_21"/>