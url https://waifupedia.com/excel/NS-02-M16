--- v0 (2025-10-09)
+++ v1 (2025-11-03)
@@ -12,99 +12,792 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="5">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
   <si>
     <t>#</t>
   </si>
   <si>
     <t>Set Number</t>
   </si>
   <si>
     <t>Rarity</t>
   </si>
   <si>
     <t>Character Name</t>
   </si>
   <si>
     <t>Serie Name</t>
+  </si>
+  <si>
+    <t>001</t>
+  </si>
+  <si>
+    <t>NS-02-M16</t>
+  </si>
+  <si>
+    <t>MSR</t>
+  </si>
+  <si>
+    <t>Hu Tao &amp; Furina (Focalors)</t>
+  </si>
+  <si>
+    <t>Genshin Impact</t>
+  </si>
+  <si>
+    <t>002</t>
+  </si>
+  <si>
+    <t>Satori Komeiji &amp; Koishi Komeiji</t>
+  </si>
+  <si>
+    <t>Touhou Project</t>
+  </si>
+  <si>
+    <t>003</t>
+  </si>
+  <si>
+    <t>Nina Iseri &amp; Kawaragi Momoka</t>
+  </si>
+  <si>
+    <t>Girls Band Cry</t>
+  </si>
+  <si>
+    <t>004</t>
+  </si>
+  <si>
+    <t>Hitori Gotou &amp; Nijika Ijichi</t>
+  </si>
+  <si>
+    <t>Bocchi the Rock!</t>
+  </si>
+  <si>
+    <t>005</t>
+  </si>
+  <si>
+    <t>Stella &amp; Cyrene</t>
+  </si>
+  <si>
+    <t>Honkai: Star Rail</t>
+  </si>
+  <si>
+    <t>006</t>
+  </si>
+  <si>
+    <t>Ikuyo Kita &amp; Nijika Ijichi</t>
+  </si>
+  <si>
+    <t>UR</t>
+  </si>
+  <si>
+    <t>Haruhi Suzumiya</t>
+  </si>
+  <si>
+    <t>The Melancholy of Haruhi Suzumiya</t>
+  </si>
+  <si>
+    <t>Lumine</t>
+  </si>
+  <si>
+    <t>Hu Tao</t>
+  </si>
+  <si>
+    <t>Chiyo Sakura</t>
+  </si>
+  <si>
+    <t>Monthly Girl's Nozaki-kun</t>
+  </si>
+  <si>
+    <t>Angelina</t>
+  </si>
+  <si>
+    <t>Arknights</t>
+  </si>
+  <si>
+    <t>Misato Kurihara</t>
+  </si>
+  <si>
+    <t>Didn't I Say to Make My Abilities Average in the Next Life?!</t>
+  </si>
+  <si>
+    <t>PTR</t>
+  </si>
+  <si>
+    <t>Rio Futaba</t>
+  </si>
+  <si>
+    <t>Rascal Does Not Dream Of Bunny Girl Senpai</t>
+  </si>
+  <si>
+    <t>Soyo Nagasaki</t>
+  </si>
+  <si>
+    <t>BanG Dream!</t>
+  </si>
+  <si>
+    <t>Hong Meiling</t>
+  </si>
+  <si>
+    <t>Eru Chitanda</t>
+  </si>
+  <si>
+    <t>Hyouka</t>
+  </si>
+  <si>
+    <t>Kugisaki Nobara</t>
+  </si>
+  <si>
+    <t>Jujutsu Kaisen</t>
+  </si>
+  <si>
+    <t>Kanade Tachibana</t>
+  </si>
+  <si>
+    <t>Angel Beats!</t>
+  </si>
+  <si>
+    <t>007</t>
+  </si>
+  <si>
+    <t>Yuri Nakamura</t>
+  </si>
+  <si>
+    <t>008</t>
+  </si>
+  <si>
+    <t>Mio Akiyama</t>
+  </si>
+  <si>
+    <t>K-On!</t>
+  </si>
+  <si>
+    <t>009</t>
+  </si>
+  <si>
+    <t>Alisa Mikhailovna Kujou</t>
+  </si>
+  <si>
+    <t>Alya, Who Sits Next to Me, Sometimes Whispers Sweet Nothings in Russian</t>
+  </si>
+  <si>
+    <t>SER</t>
+  </si>
+  <si>
+    <t>Kurumi Tokisaki</t>
+  </si>
+  <si>
+    <t>Date A Live</t>
+  </si>
+  <si>
+    <t>Mayuri</t>
+  </si>
+  <si>
+    <t>Mukuro Hoshimiya</t>
+  </si>
+  <si>
+    <t>Tohka Yatogami</t>
+  </si>
+  <si>
+    <t>Miku Izayoi</t>
+  </si>
+  <si>
+    <t>Maria Arusu</t>
+  </si>
+  <si>
+    <t>SSR</t>
+  </si>
+  <si>
+    <t>Baltimore</t>
+  </si>
+  <si>
+    <t>Azur Lane</t>
+  </si>
+  <si>
+    <t>Biloxi</t>
+  </si>
+  <si>
+    <t>Bolzano</t>
+  </si>
+  <si>
+    <t>Dido</t>
+  </si>
+  <si>
+    <t>Neptune</t>
+  </si>
+  <si>
+    <t>Charybdis</t>
+  </si>
+  <si>
+    <t>Ikazuchi</t>
+  </si>
+  <si>
+    <t>Ayanami</t>
+  </si>
+  <si>
+    <t>Roma</t>
+  </si>
+  <si>
+    <t>010</t>
+  </si>
+  <si>
+    <t>Fortune</t>
+  </si>
+  <si>
+    <t>011</t>
+  </si>
+  <si>
+    <t>Chapayev</t>
+  </si>
+  <si>
+    <t>012</t>
+  </si>
+  <si>
+    <t>Jean Bart</t>
+  </si>
+  <si>
+    <t>013</t>
+  </si>
+  <si>
+    <t>Seydlitz</t>
+  </si>
+  <si>
+    <t>014</t>
+  </si>
+  <si>
+    <t>Sirius</t>
+  </si>
+  <si>
+    <t>015</t>
+  </si>
+  <si>
+    <t>Aquila</t>
+  </si>
+  <si>
+    <t>016</t>
+  </si>
+  <si>
+    <t>Eagle</t>
+  </si>
+  <si>
+    <t>017</t>
+  </si>
+  <si>
+    <t>Haruna</t>
+  </si>
+  <si>
+    <t>018</t>
+  </si>
+  <si>
+    <t>Monarch</t>
+  </si>
+  <si>
+    <t>019</t>
+  </si>
+  <si>
+    <t>Yukina Minato</t>
+  </si>
+  <si>
+    <t>020</t>
+  </si>
+  <si>
+    <t>Aegir</t>
+  </si>
+  <si>
+    <t>021</t>
+  </si>
+  <si>
+    <t>Altina Orion</t>
+  </si>
+  <si>
+    <t>The Legend of Heroes: Trails of Cold Steel</t>
+  </si>
+  <si>
+    <t>022</t>
+  </si>
+  <si>
+    <t>Jibril</t>
+  </si>
+  <si>
+    <t>No Game No Life</t>
+  </si>
+  <si>
+    <t>023</t>
+  </si>
+  <si>
+    <t>Ayla</t>
+  </si>
+  <si>
+    <t>Punishing: Gray Raven</t>
+  </si>
+  <si>
+    <t>024</t>
+  </si>
+  <si>
+    <t>Lucia</t>
+  </si>
+  <si>
+    <t>025</t>
+  </si>
+  <si>
+    <t>Springfield</t>
+  </si>
+  <si>
+    <t>Girls' Frontline</t>
+  </si>
+  <si>
+    <t>026</t>
+  </si>
+  <si>
+    <t>Silver Wolf</t>
+  </si>
+  <si>
+    <t>027</t>
+  </si>
+  <si>
+    <t>Merlin</t>
+  </si>
+  <si>
+    <t>Fate Series</t>
+  </si>
+  <si>
+    <t>SCR</t>
+  </si>
+  <si>
+    <t>UMP45</t>
+  </si>
+  <si>
+    <t>M4A1</t>
+  </si>
+  <si>
+    <t>Kaga</t>
+  </si>
+  <si>
+    <t>Dunkerque</t>
+  </si>
+  <si>
+    <t>Elbe</t>
+  </si>
+  <si>
+    <t>Honolulu</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>Amiya</t>
+  </si>
+  <si>
+    <t>Eula</t>
+  </si>
+  <si>
+    <t>Rachel Gardner</t>
+  </si>
+  <si>
+    <t>Angels of Death</t>
+  </si>
+  <si>
+    <t>Kiana Kaslana</t>
+  </si>
+  <si>
+    <t>Honkai Impact</t>
+  </si>
+  <si>
+    <t>Beatrice</t>
+  </si>
+  <si>
+    <t>Re:Zero</t>
+  </si>
+  <si>
+    <t>Echidna</t>
+  </si>
+  <si>
+    <t>Emilia</t>
+  </si>
+  <si>
+    <t>Kanae Kochou</t>
+  </si>
+  <si>
+    <t>Demon Slayer</t>
+  </si>
+  <si>
+    <t>Vigna</t>
+  </si>
+  <si>
+    <t>Tomoyo Daidouji</t>
+  </si>
+  <si>
+    <t>Cardcaptor Sakura</t>
+  </si>
+  <si>
+    <t>Cirno</t>
+  </si>
+  <si>
+    <t>SR</t>
+  </si>
+  <si>
+    <t>Mostima</t>
+  </si>
+  <si>
+    <t>Surtr</t>
+  </si>
+  <si>
+    <t>Haruka Amami</t>
+  </si>
+  <si>
+    <t>The Idolm@ster</t>
+  </si>
+  <si>
+    <t>Vignette April Tsukinose</t>
+  </si>
+  <si>
+    <t>Gabriel DropOut</t>
+  </si>
+  <si>
+    <t>Gabriel Tenma White</t>
+  </si>
+  <si>
+    <t>Zero Two</t>
+  </si>
+  <si>
+    <t>Darling in the Franxx</t>
+  </si>
+  <si>
+    <t>Inori Yuzuriha</t>
+  </si>
+  <si>
+    <t>Guilty Crown</t>
+  </si>
+  <si>
+    <t>Ruri Gokou</t>
+  </si>
+  <si>
+    <t>OreImo</t>
+  </si>
+  <si>
+    <t>Yukiho Hagiwara</t>
+  </si>
+  <si>
+    <t>Hiyoribou</t>
+  </si>
+  <si>
+    <t>Onmyoji</t>
+  </si>
+  <si>
+    <t>Suzuka Gozen</t>
+  </si>
+  <si>
+    <t>Kagura</t>
+  </si>
+  <si>
+    <t>Shiranui</t>
+  </si>
+  <si>
+    <t>Theresa Apocalypse</t>
+  </si>
+  <si>
+    <t>Yae Sakura</t>
+  </si>
+  <si>
+    <t>Herrscher of Sentience</t>
+  </si>
+  <si>
+    <t>Herrscher of Reason</t>
+  </si>
+  <si>
+    <t>Raiden Mei</t>
+  </si>
+  <si>
+    <t>CR</t>
+  </si>
+  <si>
+    <t>Yayoi Takatsuki</t>
+  </si>
+  <si>
+    <t>Tsumugi Kotobuki</t>
+  </si>
+  <si>
+    <t>Ritsu Tainaka</t>
+  </si>
+  <si>
+    <t>Azusa Nakano</t>
+  </si>
+  <si>
+    <t>Noa Himesaka</t>
+  </si>
+  <si>
+    <t>WATATEN!: An Angel Flow Down to Me</t>
+  </si>
+  <si>
+    <t>Hana Shirosaki</t>
+  </si>
+  <si>
+    <t>Ginko Sora</t>
+  </si>
+  <si>
+    <t>The Ryuo's Work is Never Done</t>
+  </si>
+  <si>
+    <t>Ai Hinatsuru</t>
+  </si>
+  <si>
+    <t>Utaha Kasumigaoka</t>
+  </si>
+  <si>
+    <t>Saekano: How to Raise a Boring Girlfriend</t>
+  </si>
+  <si>
+    <t>Ristarte</t>
+  </si>
+  <si>
+    <t>The Hero is Overpowered but Overly Cautious</t>
+  </si>
+  <si>
+    <t>Kikyou Kushida</t>
+  </si>
+  <si>
+    <t>Classroom of the Elite</t>
+  </si>
+  <si>
+    <t>Kei Karuizawa</t>
+  </si>
+  <si>
+    <t>Anko Kitashirakawa</t>
+  </si>
+  <si>
+    <t>Tamako Market</t>
+  </si>
+  <si>
+    <t>Shokuhou Misaki</t>
+  </si>
+  <si>
+    <t>A Certain Magical Index (Toaru Kagaku no Railgun)</t>
+  </si>
+  <si>
+    <t>Mitsuha Miyamizu</t>
+  </si>
+  <si>
+    <t>Your Name</t>
+  </si>
+  <si>
+    <t>Shinka Nibutani</t>
+  </si>
+  <si>
+    <t>Love, Chunibyo &amp; Other Delusions!</t>
+  </si>
+  <si>
+    <t>Satone Shichimiya</t>
+  </si>
+  <si>
+    <t>Aoandon</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>Blaze</t>
+  </si>
+  <si>
+    <t>Magallan</t>
+  </si>
+  <si>
+    <t>Ceobe</t>
+  </si>
+  <si>
+    <t>Chiyo Shirayuki</t>
+  </si>
+  <si>
+    <t>Madoka Higuchi</t>
+  </si>
+  <si>
+    <t>Amber</t>
+  </si>
+  <si>
+    <t>Fischl</t>
+  </si>
+  <si>
+    <t>Rosaria</t>
+  </si>
+  <si>
+    <t>Noelle</t>
+  </si>
+  <si>
+    <t>Mona</t>
+  </si>
+  <si>
+    <t>Yanfei</t>
+  </si>
+  <si>
+    <t>Kamisato Ayaka</t>
+  </si>
+  <si>
+    <t>Sayu</t>
+  </si>
+  <si>
+    <t>Shiori Kashiwazaki</t>
+  </si>
+  <si>
+    <t>Princess Connect Re:Dive</t>
+  </si>
+  <si>
+    <t>Ran Mitake</t>
+  </si>
+  <si>
+    <t>Aya Maruyama</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Ai Hayasaka</t>
+  </si>
+  <si>
+    <t>Kaguya-sama: Love is War</t>
+  </si>
+  <si>
+    <t>Kokoro Natsume (Kokkoro)</t>
+  </si>
+  <si>
+    <t>Kiruya Momochi (Karyl)</t>
+  </si>
+  <si>
+    <t>Artoria Pendragon (Saber) Alter</t>
+  </si>
+  <si>
+    <t>Rin Tohsaka</t>
+  </si>
+  <si>
+    <t>Sakura Matou</t>
+  </si>
+  <si>
+    <t>Sakuya Izayoi</t>
+  </si>
+  <si>
+    <t>Maika Sakuranomiya</t>
+  </si>
+  <si>
+    <t>Blend S</t>
+  </si>
+  <si>
+    <t>Minato Aqua</t>
+  </si>
+  <si>
+    <t>Hololive</t>
+  </si>
+  <si>
+    <t>Kei Shirogane</t>
+  </si>
+  <si>
+    <t>Yukino Yukinoshita</t>
+  </si>
+  <si>
+    <t>My Youth Romantic Comedy Is Wrong As I Expected</t>
+  </si>
+  <si>
+    <t>Gold Ship</t>
+  </si>
+  <si>
+    <t>Uma Musume Pretty Derby</t>
+  </si>
+  <si>
+    <t>Laffey</t>
+  </si>
+  <si>
+    <t>Satono Diamond</t>
+  </si>
+  <si>
+    <t>Chocola</t>
+  </si>
+  <si>
+    <t>Nekopara</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="1">
+  <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="single"/>
+      <sz val="11"/>
+      <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border/>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="1">
+  <cellXfs count="2">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
+      <alignment vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -362,91 +1055,2685 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11615-hu-tao-furina-focalors" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11616-satori-komeiji-koishi-komeiji" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11617-nina-iseri-kawaragi-momoka" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11618-hitori-gotou-nijika-ijichi" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11619-stella-cyrene" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11620-ikuyo-kita-nijika-ijichi" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11621-haruhi-suzumiya" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11622-lumine" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11623-hu-tao" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11624-chiyo-sakura" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11625-angelina" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11626-misato-kurihara" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11627-rio-futaba" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11628-soyo-nagasaki" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11629-hong-meiling" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11630-eru-chitanda" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11631-kugisaki-nobara" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11632-kanade-tachibana" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11633-yuri-nakamura" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11634-mio-akiyama" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11635-alisa-mikhailovna-kujou" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11636-kurumi-tokisaki" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11637-mayuri" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11638-mukuro-hoshimiya" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11639-tohka-yatogami" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11640-miku-izayoi" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11641-maria-arusu" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11642-baltimore" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11643-biloxi" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11644-bolzano" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11645-dido" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11646-neptune" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11647-charybdis" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11648-ikazuchi" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11649-ayanami" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11650-roma" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11651-fortune" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11652-chapayev" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11653-jean-bart" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11654-seydlitz" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11655-sirius" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11656-aquila" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11657-eagle" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11658-haruna" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11659-monarch" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11660-yukina-minato" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11661-aegir" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11662-altina-orion" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11663-jibril" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11664-ayla" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11665-lucia" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11666-springfield" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11667-silver-wolf" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11668-merlin" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11669-ump45" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11670-m4a1" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11671-kaga" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11672-dunkerque" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11673-elbe" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11674-honolulu" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11675-w" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11676-amiya" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11677-eula" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11678-rachel-gardner" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11679-kiana-kaslana" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11680-beatrice" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11681-echidna" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11682-emilia" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11683-kanae-kochou" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11684-vigna" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11685-tomoyo-daidouji" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11686-cirno" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11687-mostima" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11688-surtr" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11689-haruka-amami" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11690-vignette-april-tsukinose" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11691-gabriel-tenma-white" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11692-zero-two" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11693-inori-yuzuriha" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11694-ruri-gokou" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11695-yukiho-hagiwara" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11696-hiyoribou" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11697-suzuka-gozen" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11698-kagura" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11699-shiranui" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11700-theresa-apocalypse" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11701-yae-sakura" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11702-herrscher-of-sentience" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11703-herrscher-of-reason" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11704-raiden-mei" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11705-yayoi-takatsuki" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11706-tsumugi-kotobuki" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11707-ritsu-tainaka" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11708-azusa-nakano" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11709-noa-himesaka" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11710-hana-shirosaki" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11711-ginko-sora" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11712-ai-hinatsuru" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11713-utaha-kasumigaoka" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11714-ristarte" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11715-kikyou-kushida" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11716-kei-karuizawa" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11717-anko-kitashirakawa" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11718-shokuhou-misaki" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11719-mitsuha-miyamizu" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11720-shinka-nibutani" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11721-satone-shichimiya" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11722-aoandon" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11723-amiya" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11724-blaze" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11725-magallan" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11726-ceobe" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11727-chiyo-shirayuki" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11728-madoka-higuchi" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11729-amber" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11730-fischl" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11731-rosaria" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11732-noelle" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11733-eula" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11734-mona" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11735-yanfei" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11736-kamisato-ayaka" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11737-sayu" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11738-shiori-kashiwazaki" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11739-ran-mitake" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11740-aya-maruyama" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11741-ai-hayasaka" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11742-kokoro-natsume-kokkoro" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11743-kiruya-momochi-karyl" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11744-artoria-pendragon-saber-alter" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11745-rin-tohsaka" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11746-sakura-matou" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11747-sakuya-izayoi" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11748-maika-sakuranomiya" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11749-minato-aqua" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11750-kokoro-natsume-kokkoro" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11751-kei-shirogane" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11752-yukina-minato" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11753-yukino-yukinoshita" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11754-gold-ship" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11755-amiya" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11756-laffey" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11757-satono-diamond" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://waifupedia.com/waifu/11758-chocola" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E1"/>
+  <dimension ref="A1:E145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1"/>
+      <selection activeCell="D145" sqref="D145"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="2" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="35" customWidth="true" style="0"/>
     <col min="5" max="5" width="40" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
+    <row r="2" spans="1:5">
+      <c r="A2" t="s">
+        <v>5</v>
+      </c>
+      <c r="B2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E2" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>6</v>
+      </c>
+      <c r="C3" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" t="s">
+        <v>7</v>
+      </c>
+      <c r="D5" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5">
+      <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" t="s">
+        <v>7</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5">
+      <c r="A8" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="E8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E9" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>6</v>
+      </c>
+      <c r="C11" t="s">
+        <v>24</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="E11" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5">
+      <c r="A12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E12" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5">
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5">
+      <c r="A14" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" t="s">
+        <v>6</v>
+      </c>
+      <c r="C14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E14" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>6</v>
+      </c>
+      <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="E15" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5">
+      <c r="A16" t="s">
+        <v>13</v>
+      </c>
+      <c r="B16" t="s">
+        <v>6</v>
+      </c>
+      <c r="C16" t="s">
+        <v>35</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>6</v>
+      </c>
+      <c r="C17" t="s">
+        <v>35</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E17" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5">
+      <c r="A18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" t="s">
+        <v>6</v>
+      </c>
+      <c r="C18" t="s">
+        <v>35</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E18" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5">
+      <c r="A19" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" t="s">
+        <v>6</v>
+      </c>
+      <c r="C19" t="s">
+        <v>35</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E19" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5">
+      <c r="A20" t="s">
+        <v>47</v>
+      </c>
+      <c r="B20" t="s">
+        <v>6</v>
+      </c>
+      <c r="C20" t="s">
+        <v>35</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="E20" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5">
+      <c r="A21" t="s">
+        <v>49</v>
+      </c>
+      <c r="B21" t="s">
+        <v>6</v>
+      </c>
+      <c r="C21" t="s">
+        <v>35</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="E21" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5">
+      <c r="A22" t="s">
+        <v>52</v>
+      </c>
+      <c r="B22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C22" t="s">
+        <v>35</v>
+      </c>
+      <c r="D22" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="E22" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" t="s">
+        <v>5</v>
+      </c>
+      <c r="B23" t="s">
+        <v>6</v>
+      </c>
+      <c r="C23" t="s">
+        <v>55</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E23" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>6</v>
+      </c>
+      <c r="C24" t="s">
+        <v>55</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="E24" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" t="s">
+        <v>13</v>
+      </c>
+      <c r="B25" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" t="s">
+        <v>55</v>
+      </c>
+      <c r="D25" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E25" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" t="s">
+        <v>6</v>
+      </c>
+      <c r="C26" t="s">
+        <v>55</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="E26" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" t="s">
+        <v>19</v>
+      </c>
+      <c r="B27" t="s">
+        <v>6</v>
+      </c>
+      <c r="C27" t="s">
+        <v>55</v>
+      </c>
+      <c r="D27" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="E27" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" t="s">
+        <v>22</v>
+      </c>
+      <c r="B28" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" t="s">
+        <v>55</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E28" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" t="s">
+        <v>5</v>
+      </c>
+      <c r="B29" t="s">
+        <v>6</v>
+      </c>
+      <c r="C29" t="s">
+        <v>63</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E29" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>6</v>
+      </c>
+      <c r="C30" t="s">
+        <v>63</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="E30" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5">
+      <c r="A31" t="s">
+        <v>13</v>
+      </c>
+      <c r="B31" t="s">
+        <v>6</v>
+      </c>
+      <c r="C31" t="s">
+        <v>63</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="E31" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5">
+      <c r="A32" t="s">
+        <v>16</v>
+      </c>
+      <c r="B32" t="s">
+        <v>6</v>
+      </c>
+      <c r="C32" t="s">
+        <v>63</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E32" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5">
+      <c r="A33" t="s">
+        <v>19</v>
+      </c>
+      <c r="B33" t="s">
+        <v>6</v>
+      </c>
+      <c r="C33" t="s">
+        <v>63</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="E33" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5">
+      <c r="A34" t="s">
+        <v>22</v>
+      </c>
+      <c r="B34" t="s">
+        <v>6</v>
+      </c>
+      <c r="C34" t="s">
+        <v>63</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="E34" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5">
+      <c r="A35" t="s">
+        <v>47</v>
+      </c>
+      <c r="B35" t="s">
+        <v>6</v>
+      </c>
+      <c r="C35" t="s">
+        <v>63</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="E35" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5">
+      <c r="A36" t="s">
+        <v>49</v>
+      </c>
+      <c r="B36" t="s">
+        <v>6</v>
+      </c>
+      <c r="C36" t="s">
+        <v>63</v>
+      </c>
+      <c r="D36" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="E36" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" t="s">
+        <v>52</v>
+      </c>
+      <c r="B37" t="s">
+        <v>6</v>
+      </c>
+      <c r="C37" t="s">
+        <v>63</v>
+      </c>
+      <c r="D37" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E37" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" t="s">
+        <v>74</v>
+      </c>
+      <c r="B38" t="s">
+        <v>6</v>
+      </c>
+      <c r="C38" t="s">
+        <v>63</v>
+      </c>
+      <c r="D38" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="E38" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39" t="s">
+        <v>76</v>
+      </c>
+      <c r="B39" t="s">
+        <v>6</v>
+      </c>
+      <c r="C39" t="s">
+        <v>63</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="E39" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5">
+      <c r="A40" t="s">
+        <v>78</v>
+      </c>
+      <c r="B40" t="s">
+        <v>6</v>
+      </c>
+      <c r="C40" t="s">
+        <v>63</v>
+      </c>
+      <c r="D40" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="E40" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5">
+      <c r="A41" t="s">
+        <v>80</v>
+      </c>
+      <c r="B41" t="s">
+        <v>6</v>
+      </c>
+      <c r="C41" t="s">
+        <v>63</v>
+      </c>
+      <c r="D41" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="E41" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5">
+      <c r="A42" t="s">
+        <v>82</v>
+      </c>
+      <c r="B42" t="s">
+        <v>6</v>
+      </c>
+      <c r="C42" t="s">
+        <v>63</v>
+      </c>
+      <c r="D42" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="E42" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5">
+      <c r="A43" t="s">
+        <v>84</v>
+      </c>
+      <c r="B43" t="s">
+        <v>6</v>
+      </c>
+      <c r="C43" t="s">
+        <v>63</v>
+      </c>
+      <c r="D43" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="E43" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5">
+      <c r="A44" t="s">
+        <v>86</v>
+      </c>
+      <c r="B44" t="s">
+        <v>6</v>
+      </c>
+      <c r="C44" t="s">
+        <v>63</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="E44" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5">
+      <c r="A45" t="s">
+        <v>88</v>
+      </c>
+      <c r="B45" t="s">
+        <v>6</v>
+      </c>
+      <c r="C45" t="s">
+        <v>63</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="E45" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5">
+      <c r="A46" t="s">
+        <v>90</v>
+      </c>
+      <c r="B46" t="s">
+        <v>6</v>
+      </c>
+      <c r="C46" t="s">
+        <v>63</v>
+      </c>
+      <c r="D46" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="E46" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5">
+      <c r="A47" t="s">
+        <v>92</v>
+      </c>
+      <c r="B47" t="s">
+        <v>6</v>
+      </c>
+      <c r="C47" t="s">
+        <v>63</v>
+      </c>
+      <c r="D47" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E47" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5">
+      <c r="A48" t="s">
+        <v>94</v>
+      </c>
+      <c r="B48" t="s">
+        <v>6</v>
+      </c>
+      <c r="C48" t="s">
+        <v>63</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="E48" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5">
+      <c r="A49" t="s">
+        <v>96</v>
+      </c>
+      <c r="B49" t="s">
+        <v>6</v>
+      </c>
+      <c r="C49" t="s">
+        <v>63</v>
+      </c>
+      <c r="D49" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="E49" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5">
+      <c r="A50" t="s">
+        <v>99</v>
+      </c>
+      <c r="B50" t="s">
+        <v>6</v>
+      </c>
+      <c r="C50" t="s">
+        <v>63</v>
+      </c>
+      <c r="D50" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="E50" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5">
+      <c r="A51" t="s">
+        <v>102</v>
+      </c>
+      <c r="B51" t="s">
+        <v>6</v>
+      </c>
+      <c r="C51" t="s">
+        <v>63</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="E51" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5">
+      <c r="A52" t="s">
+        <v>105</v>
+      </c>
+      <c r="B52" t="s">
+        <v>6</v>
+      </c>
+      <c r="C52" t="s">
+        <v>63</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>106</v>
+      </c>
+      <c r="E52" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5">
+      <c r="A53" t="s">
+        <v>107</v>
+      </c>
+      <c r="B53" t="s">
+        <v>6</v>
+      </c>
+      <c r="C53" t="s">
+        <v>63</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E53" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5">
+      <c r="A54" t="s">
+        <v>110</v>
+      </c>
+      <c r="B54" t="s">
+        <v>6</v>
+      </c>
+      <c r="C54" t="s">
+        <v>63</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="E54" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5">
+      <c r="A55" t="s">
+        <v>112</v>
+      </c>
+      <c r="B55" t="s">
+        <v>6</v>
+      </c>
+      <c r="C55" t="s">
+        <v>63</v>
+      </c>
+      <c r="D55" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="E55" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5">
+      <c r="A56" t="s">
+        <v>5</v>
+      </c>
+      <c r="B56" t="s">
+        <v>6</v>
+      </c>
+      <c r="C56" t="s">
+        <v>115</v>
+      </c>
+      <c r="D56" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="E56" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>6</v>
+      </c>
+      <c r="C57" t="s">
+        <v>115</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="E57" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5">
+      <c r="A58" t="s">
+        <v>13</v>
+      </c>
+      <c r="B58" t="s">
+        <v>6</v>
+      </c>
+      <c r="C58" t="s">
+        <v>115</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="E58" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5">
+      <c r="A59" t="s">
+        <v>16</v>
+      </c>
+      <c r="B59" t="s">
+        <v>6</v>
+      </c>
+      <c r="C59" t="s">
+        <v>115</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="E59" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5">
+      <c r="A60" t="s">
+        <v>19</v>
+      </c>
+      <c r="B60" t="s">
+        <v>6</v>
+      </c>
+      <c r="C60" t="s">
+        <v>115</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="E60" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5">
+      <c r="A61" t="s">
+        <v>22</v>
+      </c>
+      <c r="B61" t="s">
+        <v>6</v>
+      </c>
+      <c r="C61" t="s">
+        <v>115</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="E61" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5">
+      <c r="A62" t="s">
+        <v>47</v>
+      </c>
+      <c r="B62" t="s">
+        <v>6</v>
+      </c>
+      <c r="C62" t="s">
+        <v>115</v>
+      </c>
+      <c r="D62" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E62" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5">
+      <c r="A63" t="s">
+        <v>49</v>
+      </c>
+      <c r="B63" t="s">
+        <v>6</v>
+      </c>
+      <c r="C63" t="s">
+        <v>115</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E63" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5">
+      <c r="A64" t="s">
+        <v>52</v>
+      </c>
+      <c r="B64" t="s">
+        <v>6</v>
+      </c>
+      <c r="C64" t="s">
+        <v>115</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E64" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5">
+      <c r="A65" t="s">
+        <v>74</v>
+      </c>
+      <c r="B65" t="s">
+        <v>6</v>
+      </c>
+      <c r="C65" t="s">
+        <v>115</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="E65" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5">
+      <c r="A66" t="s">
+        <v>76</v>
+      </c>
+      <c r="B66" t="s">
+        <v>6</v>
+      </c>
+      <c r="C66" t="s">
+        <v>115</v>
+      </c>
+      <c r="D66" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E66" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5">
+      <c r="A67" t="s">
+        <v>78</v>
+      </c>
+      <c r="B67" t="s">
+        <v>6</v>
+      </c>
+      <c r="C67" t="s">
+        <v>115</v>
+      </c>
+      <c r="D67" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="E67" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5">
+      <c r="A68" t="s">
+        <v>80</v>
+      </c>
+      <c r="B68" t="s">
+        <v>6</v>
+      </c>
+      <c r="C68" t="s">
+        <v>115</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="E68" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5">
+      <c r="A69" t="s">
+        <v>82</v>
+      </c>
+      <c r="B69" t="s">
+        <v>6</v>
+      </c>
+      <c r="C69" t="s">
+        <v>115</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="E69" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5">
+      <c r="A70" t="s">
+        <v>84</v>
+      </c>
+      <c r="B70" t="s">
+        <v>6</v>
+      </c>
+      <c r="C70" t="s">
+        <v>115</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="E70" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5">
+      <c r="A71" t="s">
+        <v>86</v>
+      </c>
+      <c r="B71" t="s">
+        <v>6</v>
+      </c>
+      <c r="C71" t="s">
+        <v>115</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E71" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5">
+      <c r="A72" t="s">
+        <v>88</v>
+      </c>
+      <c r="B72" t="s">
+        <v>6</v>
+      </c>
+      <c r="C72" t="s">
+        <v>115</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="E72" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5">
+      <c r="A73" t="s">
+        <v>90</v>
+      </c>
+      <c r="B73" t="s">
+        <v>6</v>
+      </c>
+      <c r="C73" t="s">
+        <v>115</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="E73" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5">
+      <c r="A74" t="s">
+        <v>5</v>
+      </c>
+      <c r="B74" t="s">
+        <v>6</v>
+      </c>
+      <c r="C74" t="s">
+        <v>139</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="E74" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="75" spans="1:5">
+      <c r="A75" t="s">
+        <v>10</v>
+      </c>
+      <c r="B75" t="s">
+        <v>6</v>
+      </c>
+      <c r="C75" t="s">
+        <v>139</v>
+      </c>
+      <c r="D75" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="E75" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5">
+      <c r="A76" t="s">
+        <v>13</v>
+      </c>
+      <c r="B76" t="s">
+        <v>6</v>
+      </c>
+      <c r="C76" t="s">
+        <v>139</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="E76" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5">
+      <c r="A77" t="s">
+        <v>16</v>
+      </c>
+      <c r="B77" t="s">
+        <v>6</v>
+      </c>
+      <c r="C77" t="s">
+        <v>139</v>
+      </c>
+      <c r="D77" s="1" t="s">
+        <v>144</v>
+      </c>
+      <c r="E77" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5">
+      <c r="A78" t="s">
+        <v>19</v>
+      </c>
+      <c r="B78" t="s">
+        <v>6</v>
+      </c>
+      <c r="C78" t="s">
+        <v>139</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>146</v>
+      </c>
+      <c r="E78" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5">
+      <c r="A79" t="s">
+        <v>22</v>
+      </c>
+      <c r="B79" t="s">
+        <v>6</v>
+      </c>
+      <c r="C79" t="s">
+        <v>139</v>
+      </c>
+      <c r="D79" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="E79" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5">
+      <c r="A80" t="s">
+        <v>47</v>
+      </c>
+      <c r="B80" t="s">
+        <v>6</v>
+      </c>
+      <c r="C80" t="s">
+        <v>139</v>
+      </c>
+      <c r="D80" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="E80" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5">
+      <c r="A81" t="s">
+        <v>49</v>
+      </c>
+      <c r="B81" t="s">
+        <v>6</v>
+      </c>
+      <c r="C81" t="s">
+        <v>139</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>151</v>
+      </c>
+      <c r="E81" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5">
+      <c r="A82" t="s">
+        <v>52</v>
+      </c>
+      <c r="B82" t="s">
+        <v>6</v>
+      </c>
+      <c r="C82" t="s">
+        <v>139</v>
+      </c>
+      <c r="D82" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="E82" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5">
+      <c r="A83" t="s">
+        <v>74</v>
+      </c>
+      <c r="B83" t="s">
+        <v>6</v>
+      </c>
+      <c r="C83" t="s">
+        <v>139</v>
+      </c>
+      <c r="D83" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="E83" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5">
+      <c r="A84" t="s">
+        <v>76</v>
+      </c>
+      <c r="B84" t="s">
+        <v>6</v>
+      </c>
+      <c r="C84" t="s">
+        <v>139</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="E84" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5">
+      <c r="A85" t="s">
+        <v>78</v>
+      </c>
+      <c r="B85" t="s">
+        <v>6</v>
+      </c>
+      <c r="C85" t="s">
+        <v>139</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="E85" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5">
+      <c r="A86" t="s">
+        <v>80</v>
+      </c>
+      <c r="B86" t="s">
+        <v>6</v>
+      </c>
+      <c r="C86" t="s">
+        <v>139</v>
+      </c>
+      <c r="D86" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E86" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5">
+      <c r="A87" t="s">
+        <v>82</v>
+      </c>
+      <c r="B87" t="s">
+        <v>6</v>
+      </c>
+      <c r="C87" t="s">
+        <v>139</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="E87" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5">
+      <c r="A88" t="s">
+        <v>84</v>
+      </c>
+      <c r="B88" t="s">
+        <v>6</v>
+      </c>
+      <c r="C88" t="s">
+        <v>139</v>
+      </c>
+      <c r="D88" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="E88" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5">
+      <c r="A89" t="s">
+        <v>86</v>
+      </c>
+      <c r="B89" t="s">
+        <v>6</v>
+      </c>
+      <c r="C89" t="s">
+        <v>139</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="E89" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5">
+      <c r="A90" t="s">
+        <v>88</v>
+      </c>
+      <c r="B90" t="s">
+        <v>6</v>
+      </c>
+      <c r="C90" t="s">
+        <v>139</v>
+      </c>
+      <c r="D90" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="E90" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5">
+      <c r="A91" t="s">
+        <v>90</v>
+      </c>
+      <c r="B91" t="s">
+        <v>6</v>
+      </c>
+      <c r="C91" t="s">
+        <v>139</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="E91" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5">
+      <c r="A92" t="s">
+        <v>5</v>
+      </c>
+      <c r="B92" t="s">
+        <v>6</v>
+      </c>
+      <c r="C92" t="s">
+        <v>164</v>
+      </c>
+      <c r="D92" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="E92" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5">
+      <c r="A93" t="s">
+        <v>10</v>
+      </c>
+      <c r="B93" t="s">
+        <v>6</v>
+      </c>
+      <c r="C93" t="s">
+        <v>164</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="E93" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5">
+      <c r="A94" t="s">
+        <v>13</v>
+      </c>
+      <c r="B94" t="s">
+        <v>6</v>
+      </c>
+      <c r="C94" t="s">
+        <v>164</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="E94" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="95" spans="1:5">
+      <c r="A95" t="s">
+        <v>16</v>
+      </c>
+      <c r="B95" t="s">
+        <v>6</v>
+      </c>
+      <c r="C95" t="s">
+        <v>164</v>
+      </c>
+      <c r="D95" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="E95" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5">
+      <c r="A96" t="s">
+        <v>19</v>
+      </c>
+      <c r="B96" t="s">
+        <v>6</v>
+      </c>
+      <c r="C96" t="s">
+        <v>164</v>
+      </c>
+      <c r="D96" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E96" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5">
+      <c r="A97" t="s">
+        <v>22</v>
+      </c>
+      <c r="B97" t="s">
+        <v>6</v>
+      </c>
+      <c r="C97" t="s">
+        <v>164</v>
+      </c>
+      <c r="D97" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="E97" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5">
+      <c r="A98" t="s">
+        <v>47</v>
+      </c>
+      <c r="B98" t="s">
+        <v>6</v>
+      </c>
+      <c r="C98" t="s">
+        <v>164</v>
+      </c>
+      <c r="D98" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="E98" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5">
+      <c r="A99" t="s">
+        <v>49</v>
+      </c>
+      <c r="B99" t="s">
+        <v>6</v>
+      </c>
+      <c r="C99" t="s">
+        <v>164</v>
+      </c>
+      <c r="D99" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="E99" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5">
+      <c r="A100" t="s">
+        <v>52</v>
+      </c>
+      <c r="B100" t="s">
+        <v>6</v>
+      </c>
+      <c r="C100" t="s">
+        <v>164</v>
+      </c>
+      <c r="D100" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="E100" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5">
+      <c r="A101" t="s">
+        <v>74</v>
+      </c>
+      <c r="B101" t="s">
+        <v>6</v>
+      </c>
+      <c r="C101" t="s">
+        <v>164</v>
+      </c>
+      <c r="D101" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="E101" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5">
+      <c r="A102" t="s">
+        <v>76</v>
+      </c>
+      <c r="B102" t="s">
+        <v>6</v>
+      </c>
+      <c r="C102" t="s">
+        <v>164</v>
+      </c>
+      <c r="D102" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="E102" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5">
+      <c r="A103" t="s">
+        <v>78</v>
+      </c>
+      <c r="B103" t="s">
+        <v>6</v>
+      </c>
+      <c r="C103" t="s">
+        <v>164</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="E103" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5">
+      <c r="A104" t="s">
+        <v>80</v>
+      </c>
+      <c r="B104" t="s">
+        <v>6</v>
+      </c>
+      <c r="C104" t="s">
+        <v>164</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="E104" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5">
+      <c r="A105" t="s">
+        <v>82</v>
+      </c>
+      <c r="B105" t="s">
+        <v>6</v>
+      </c>
+      <c r="C105" t="s">
+        <v>164</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="E105" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5">
+      <c r="A106" t="s">
+        <v>84</v>
+      </c>
+      <c r="B106" t="s">
+        <v>6</v>
+      </c>
+      <c r="C106" t="s">
+        <v>164</v>
+      </c>
+      <c r="D106" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="E106" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5">
+      <c r="A107" t="s">
+        <v>86</v>
+      </c>
+      <c r="B107" t="s">
+        <v>6</v>
+      </c>
+      <c r="C107" t="s">
+        <v>164</v>
+      </c>
+      <c r="D107" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="E107" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5">
+      <c r="A108" t="s">
+        <v>88</v>
+      </c>
+      <c r="B108" t="s">
+        <v>6</v>
+      </c>
+      <c r="C108" t="s">
+        <v>164</v>
+      </c>
+      <c r="D108" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="E108" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5">
+      <c r="A109" t="s">
+        <v>90</v>
+      </c>
+      <c r="B109" t="s">
+        <v>6</v>
+      </c>
+      <c r="C109" t="s">
+        <v>164</v>
+      </c>
+      <c r="D109" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="E109" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5">
+      <c r="A110" t="s">
+        <v>5</v>
+      </c>
+      <c r="B110" t="s">
+        <v>6</v>
+      </c>
+      <c r="C110" t="s">
+        <v>192</v>
+      </c>
+      <c r="D110" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E110" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5">
+      <c r="A111" t="s">
+        <v>10</v>
+      </c>
+      <c r="B111" t="s">
+        <v>6</v>
+      </c>
+      <c r="C111" t="s">
+        <v>192</v>
+      </c>
+      <c r="D111" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="E111" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5">
+      <c r="A112" t="s">
+        <v>13</v>
+      </c>
+      <c r="B112" t="s">
+        <v>6</v>
+      </c>
+      <c r="C112" t="s">
+        <v>192</v>
+      </c>
+      <c r="D112" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="E112" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5">
+      <c r="A113" t="s">
+        <v>16</v>
+      </c>
+      <c r="B113" t="s">
+        <v>6</v>
+      </c>
+      <c r="C113" t="s">
+        <v>192</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="E113" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="114" spans="1:5">
+      <c r="A114" t="s">
+        <v>19</v>
+      </c>
+      <c r="B114" t="s">
+        <v>6</v>
+      </c>
+      <c r="C114" t="s">
+        <v>192</v>
+      </c>
+      <c r="D114" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="E114" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5">
+      <c r="A115" t="s">
+        <v>22</v>
+      </c>
+      <c r="B115" t="s">
+        <v>6</v>
+      </c>
+      <c r="C115" t="s">
+        <v>192</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="E115" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5">
+      <c r="A116" t="s">
+        <v>47</v>
+      </c>
+      <c r="B116" t="s">
+        <v>6</v>
+      </c>
+      <c r="C116" t="s">
+        <v>192</v>
+      </c>
+      <c r="D116" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="E116" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5">
+      <c r="A117" t="s">
+        <v>49</v>
+      </c>
+      <c r="B117" t="s">
+        <v>6</v>
+      </c>
+      <c r="C117" t="s">
+        <v>192</v>
+      </c>
+      <c r="D117" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="E117" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5">
+      <c r="A118" t="s">
+        <v>52</v>
+      </c>
+      <c r="B118" t="s">
+        <v>6</v>
+      </c>
+      <c r="C118" t="s">
+        <v>192</v>
+      </c>
+      <c r="D118" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="E118" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5">
+      <c r="A119" t="s">
+        <v>74</v>
+      </c>
+      <c r="B119" t="s">
+        <v>6</v>
+      </c>
+      <c r="C119" t="s">
+        <v>192</v>
+      </c>
+      <c r="D119" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="E119" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="120" spans="1:5">
+      <c r="A120" t="s">
+        <v>76</v>
+      </c>
+      <c r="B120" t="s">
+        <v>6</v>
+      </c>
+      <c r="C120" t="s">
+        <v>192</v>
+      </c>
+      <c r="D120" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="E120" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5">
+      <c r="A121" t="s">
+        <v>78</v>
+      </c>
+      <c r="B121" t="s">
+        <v>6</v>
+      </c>
+      <c r="C121" t="s">
+        <v>192</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="E121" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5">
+      <c r="A122" t="s">
+        <v>80</v>
+      </c>
+      <c r="B122" t="s">
+        <v>6</v>
+      </c>
+      <c r="C122" t="s">
+        <v>192</v>
+      </c>
+      <c r="D122" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="E122" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5">
+      <c r="A123" t="s">
+        <v>82</v>
+      </c>
+      <c r="B123" t="s">
+        <v>6</v>
+      </c>
+      <c r="C123" t="s">
+        <v>192</v>
+      </c>
+      <c r="D123" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="E123" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5">
+      <c r="A124" t="s">
+        <v>84</v>
+      </c>
+      <c r="B124" t="s">
+        <v>6</v>
+      </c>
+      <c r="C124" t="s">
+        <v>192</v>
+      </c>
+      <c r="D124" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="E124" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5">
+      <c r="A125" t="s">
+        <v>86</v>
+      </c>
+      <c r="B125" t="s">
+        <v>6</v>
+      </c>
+      <c r="C125" t="s">
+        <v>192</v>
+      </c>
+      <c r="D125" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="E125" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5">
+      <c r="A126" t="s">
+        <v>88</v>
+      </c>
+      <c r="B126" t="s">
+        <v>6</v>
+      </c>
+      <c r="C126" t="s">
+        <v>192</v>
+      </c>
+      <c r="D126" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="E126" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5">
+      <c r="A127" t="s">
+        <v>90</v>
+      </c>
+      <c r="B127" t="s">
+        <v>6</v>
+      </c>
+      <c r="C127" t="s">
+        <v>192</v>
+      </c>
+      <c r="D127" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="E127" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5">
+      <c r="A128" t="s">
+        <v>5</v>
+      </c>
+      <c r="B128" t="s">
+        <v>6</v>
+      </c>
+      <c r="C128" t="s">
+        <v>210</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="E128" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5">
+      <c r="A129" t="s">
+        <v>10</v>
+      </c>
+      <c r="B129" t="s">
+        <v>6</v>
+      </c>
+      <c r="C129" t="s">
+        <v>210</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E129" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5">
+      <c r="A130" t="s">
+        <v>13</v>
+      </c>
+      <c r="B130" t="s">
+        <v>6</v>
+      </c>
+      <c r="C130" t="s">
+        <v>210</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="E130" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5">
+      <c r="A131" t="s">
+        <v>16</v>
+      </c>
+      <c r="B131" t="s">
+        <v>6</v>
+      </c>
+      <c r="C131" t="s">
+        <v>210</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="E131" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5">
+      <c r="A132" t="s">
+        <v>19</v>
+      </c>
+      <c r="B132" t="s">
+        <v>6</v>
+      </c>
+      <c r="C132" t="s">
+        <v>210</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="E132" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5">
+      <c r="A133" t="s">
+        <v>22</v>
+      </c>
+      <c r="B133" t="s">
+        <v>6</v>
+      </c>
+      <c r="C133" t="s">
+        <v>210</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="E133" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5">
+      <c r="A134" t="s">
+        <v>47</v>
+      </c>
+      <c r="B134" t="s">
+        <v>6</v>
+      </c>
+      <c r="C134" t="s">
+        <v>210</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="E134" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5">
+      <c r="A135" t="s">
+        <v>49</v>
+      </c>
+      <c r="B135" t="s">
+        <v>6</v>
+      </c>
+      <c r="C135" t="s">
+        <v>210</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="E135" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5">
+      <c r="A136" t="s">
+        <v>52</v>
+      </c>
+      <c r="B136" t="s">
+        <v>6</v>
+      </c>
+      <c r="C136" t="s">
+        <v>210</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="E136" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5">
+      <c r="A137" t="s">
+        <v>74</v>
+      </c>
+      <c r="B137" t="s">
+        <v>6</v>
+      </c>
+      <c r="C137" t="s">
+        <v>210</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="E137" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5">
+      <c r="A138" t="s">
+        <v>76</v>
+      </c>
+      <c r="B138" t="s">
+        <v>6</v>
+      </c>
+      <c r="C138" t="s">
+        <v>210</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="E138" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5">
+      <c r="A139" t="s">
+        <v>78</v>
+      </c>
+      <c r="B139" t="s">
+        <v>6</v>
+      </c>
+      <c r="C139" t="s">
+        <v>210</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="E139" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5">
+      <c r="A140" t="s">
+        <v>80</v>
+      </c>
+      <c r="B140" t="s">
+        <v>6</v>
+      </c>
+      <c r="C140" t="s">
+        <v>210</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="E140" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5">
+      <c r="A141" t="s">
+        <v>82</v>
+      </c>
+      <c r="B141" t="s">
+        <v>6</v>
+      </c>
+      <c r="C141" t="s">
+        <v>210</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="E141" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5">
+      <c r="A142" t="s">
+        <v>84</v>
+      </c>
+      <c r="B142" t="s">
+        <v>6</v>
+      </c>
+      <c r="C142" t="s">
+        <v>210</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="E142" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5">
+      <c r="A143" t="s">
+        <v>86</v>
+      </c>
+      <c r="B143" t="s">
+        <v>6</v>
+      </c>
+      <c r="C143" t="s">
+        <v>210</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="E143" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5">
+      <c r="A144" t="s">
+        <v>88</v>
+      </c>
+      <c r="B144" t="s">
+        <v>6</v>
+      </c>
+      <c r="C144" t="s">
+        <v>210</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="E144" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5">
+      <c r="A145" t="s">
+        <v>90</v>
+      </c>
+      <c r="B145" t="s">
+        <v>6</v>
+      </c>
+      <c r="C145" t="s">
+        <v>210</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="E145" t="s">
+        <v>231</v>
+      </c>
+    </row>
   </sheetData>
+  <hyperlinks>
+    <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
+    <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="D11" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="D14" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="D15" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="D16" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="D17" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="D18" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="D19" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="D20" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="D21" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="D22" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="D23" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="D24" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="D25" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="D26" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="D27" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="D28" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="D29" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="D30" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="D31" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="D32" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="D33" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="D34" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="D35" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="D36" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="D37" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="D38" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="D39" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="D40" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="D41" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="D42" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="D43" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="D44" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="D45" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="D46" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="D47" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="D48" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="D49" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="D50" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="D51" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="D52" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="D53" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="D54" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="D55" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="D56" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="D57" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="D58" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="D59" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="D60" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="D61" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="D62" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="D63" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="D64" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="D65" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="D66" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="D67" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="D68" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="D69" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="D70" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="D71" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="D72" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="D73" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="D74" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="D75" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="D76" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="D77" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="D78" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="D79" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="D80" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="D81" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="D82" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="D83" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="D84" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="D85" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="D86" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="D87" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="D88" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="D89" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="D90" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="D91" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="D92" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="D93" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="D94" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="D95" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="D96" r:id="rId_hyperlink_95"/>
+    <hyperlink ref="D97" r:id="rId_hyperlink_96"/>
+    <hyperlink ref="D98" r:id="rId_hyperlink_97"/>
+    <hyperlink ref="D99" r:id="rId_hyperlink_98"/>
+    <hyperlink ref="D100" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="D101" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="D102" r:id="rId_hyperlink_101"/>
+    <hyperlink ref="D103" r:id="rId_hyperlink_102"/>
+    <hyperlink ref="D104" r:id="rId_hyperlink_103"/>
+    <hyperlink ref="D105" r:id="rId_hyperlink_104"/>
+    <hyperlink ref="D106" r:id="rId_hyperlink_105"/>
+    <hyperlink ref="D107" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="D108" r:id="rId_hyperlink_107"/>
+    <hyperlink ref="D109" r:id="rId_hyperlink_108"/>
+    <hyperlink ref="D110" r:id="rId_hyperlink_109"/>
+    <hyperlink ref="D111" r:id="rId_hyperlink_110"/>
+    <hyperlink ref="D112" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="D113" r:id="rId_hyperlink_112"/>
+    <hyperlink ref="D114" r:id="rId_hyperlink_113"/>
+    <hyperlink ref="D115" r:id="rId_hyperlink_114"/>
+    <hyperlink ref="D116" r:id="rId_hyperlink_115"/>
+    <hyperlink ref="D117" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="D118" r:id="rId_hyperlink_117"/>
+    <hyperlink ref="D119" r:id="rId_hyperlink_118"/>
+    <hyperlink ref="D120" r:id="rId_hyperlink_119"/>
+    <hyperlink ref="D121" r:id="rId_hyperlink_120"/>
+    <hyperlink ref="D122" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="D123" r:id="rId_hyperlink_122"/>
+    <hyperlink ref="D124" r:id="rId_hyperlink_123"/>
+    <hyperlink ref="D125" r:id="rId_hyperlink_124"/>
+    <hyperlink ref="D126" r:id="rId_hyperlink_125"/>
+    <hyperlink ref="D127" r:id="rId_hyperlink_126"/>
+    <hyperlink ref="D128" r:id="rId_hyperlink_127"/>
+    <hyperlink ref="D129" r:id="rId_hyperlink_128"/>
+    <hyperlink ref="D130" r:id="rId_hyperlink_129"/>
+    <hyperlink ref="D131" r:id="rId_hyperlink_130"/>
+    <hyperlink ref="D132" r:id="rId_hyperlink_131"/>
+    <hyperlink ref="D133" r:id="rId_hyperlink_132"/>
+    <hyperlink ref="D134" r:id="rId_hyperlink_133"/>
+    <hyperlink ref="D135" r:id="rId_hyperlink_134"/>
+    <hyperlink ref="D136" r:id="rId_hyperlink_135"/>
+    <hyperlink ref="D137" r:id="rId_hyperlink_136"/>
+    <hyperlink ref="D138" r:id="rId_hyperlink_137"/>
+    <hyperlink ref="D139" r:id="rId_hyperlink_138"/>
+    <hyperlink ref="D140" r:id="rId_hyperlink_139"/>
+    <hyperlink ref="D141" r:id="rId_hyperlink_140"/>
+    <hyperlink ref="D142" r:id="rId_hyperlink_141"/>
+    <hyperlink ref="D143" r:id="rId_hyperlink_142"/>
+    <hyperlink ref="D144" r:id="rId_hyperlink_143"/>
+    <hyperlink ref="D145" r:id="rId_hyperlink_144"/>
+  </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>